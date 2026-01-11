--- v0 (2025-12-20)
+++ v1 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rffcc9fec4e114eb1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R05dc096ca4d143db" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R40bae11afd334e02"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re24253a86b2343c2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R472d9124ab99456b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R40bae11afd334e02" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R985708bed939457c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re24253a86b2343c2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Rüstungs-Aktien</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MAE2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>208,746</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>209,307</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>206,993</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>209,289</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>208,711</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>212,456</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>208,711</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>212,452</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,023</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,038</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,102</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,528</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,284</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,817</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>