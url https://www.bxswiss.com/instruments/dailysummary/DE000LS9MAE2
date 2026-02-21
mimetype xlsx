--- v1 (2026-01-11)
+++ v2 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R05dc096ca4d143db" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdf69b3a8165b4afd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re24253a86b2343c2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2edf8a89b8c04632"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R985708bed939457c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re24253a86b2343c2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3f1f07d5d9cd48a1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2edf8a89b8c04632" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Rüstungs-Aktien</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MAE2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>243,817</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,683</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,737</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,099</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,489</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,234</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,228</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,431</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,357</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,958</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,329</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,117</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,042</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,379</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,852</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,846</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>