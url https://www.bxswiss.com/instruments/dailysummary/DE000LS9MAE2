--- v2 (2026-02-21)
+++ v3 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdf69b3a8165b4afd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R475f683759db4389" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2edf8a89b8c04632"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb13e8ff617654127"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3f1f07d5d9cd48a1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2edf8a89b8c04632" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R579b7c1fc8ea4c6b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb13e8ff617654127" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Rüstungs-Aktien</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MAE2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>239,435</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>240,640</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>236,649</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>237,958</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>249,504</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>251,066</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>249,076</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>249,846</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,876</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,601</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,998</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,989</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,511</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,299</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,446</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,002</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,932</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,062</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,182</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,273</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,313</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,202</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>