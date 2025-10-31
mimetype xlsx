--- v0 (2025-10-04)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ree81902accb749cf" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3d712a7b5e5f4b0d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R31a35e2d07e74a7e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd7840131572d464b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbc9026d2a30b4afa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R31a35e2d07e74a7e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rce4f63ecb8dd4f3c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd7840131572d464b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>AustriaTech</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MAD4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...252 lines deleted...]
-          <x:t>104,787</x:t>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,599</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,746</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,983</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,168</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,068</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,176</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,338</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,193</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,134</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,562</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,649</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,983</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,614</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,946</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>104,399</x:t>
-[...6 lines deleted...]
-          <x:t>16.09.2025</x:t>
+          <x:t>103,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,622</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,798</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,039</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,268</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,129</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,846</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,140</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...362 lines deleted...]
-          <x:t>106,485</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,679</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,485</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>