--- v1 (2025-10-31)
+++ v2 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3d712a7b5e5f4b0d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R962ca02c2eda4ac2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd7840131572d464b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re203e7ac65ca48c4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rce4f63ecb8dd4f3c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd7840131572d464b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4a4ba404e48845de" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re203e7ac65ca48c4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>AustriaTech</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MAD4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>20.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,614</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,946</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,219</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,622</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>105,474</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>105,807</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>105,247</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>105,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,886</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,144</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,436</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,812</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,228</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,764</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,622</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,376</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,542</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,007</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>