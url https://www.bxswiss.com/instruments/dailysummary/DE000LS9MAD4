--- v2 (2025-11-21)
+++ v3 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R962ca02c2eda4ac2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R596ad52dcbc74985" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re203e7ac65ca48c4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5daf7ee8a0684ea0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4a4ba404e48845de" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re203e7ac65ca48c4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R652e8bf04bfd4cf5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5daf7ee8a0684ea0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>AustriaTech</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MAD4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...592 lines deleted...]
-        <x:is>
           <x:t>19.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,639</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,784</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,321</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,542</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,574</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>105,588</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,481</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>105,007</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,682</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,093</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,991</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,713</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,709</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,371</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,971</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,046</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,376</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,786</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,186</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,421</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,023</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,897</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,124</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>