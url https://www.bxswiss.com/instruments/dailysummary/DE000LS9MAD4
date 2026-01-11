--- v3 (2025-12-21)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R596ad52dcbc74985" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2c51976018c94a9a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5daf7ee8a0684ea0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rea8e3576f5754331"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R652e8bf04bfd4cf5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5daf7ee8a0684ea0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb042c5bb4836471c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rea8e3576f5754331" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>AustriaTech</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MAD4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>109,557</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>109,822</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>109,551</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>109,786</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>109,718</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>110,286</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>109,362</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>110,124</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,276</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,836</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,577</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,973</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,283</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,958</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,206</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,409</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,587</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>