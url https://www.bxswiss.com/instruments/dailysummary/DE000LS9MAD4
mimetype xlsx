--- v4 (2026-01-11)
+++ v5 (2026-01-12)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2c51976018c94a9a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0a02c0f2c92d4899" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rea8e3576f5754331"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re080fa8101ec4d90"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb042c5bb4836471c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rea8e3576f5754331" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7cacb47808444566" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re080fa8101ec4d90" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>AustriaTech</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MAD4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,77 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...25 lines deleted...]
-        <x:is>
           <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>109,250</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>110,362</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>109,230</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>110,186</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>