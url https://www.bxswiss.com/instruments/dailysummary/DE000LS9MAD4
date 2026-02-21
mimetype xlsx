--- v5 (2026-01-12)
+++ v6 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0a02c0f2c92d4899" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf67a7986f7864b21" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re080fa8101ec4d90"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rea435f6109774000"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7cacb47808444566" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re080fa8101ec4d90" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R14097c22edc84447" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rea435f6109774000" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>AustriaTech</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MAD4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,457 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11.12.2025</x:t>
-[...424 lines deleted...]
-          <x:t>112,587</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,198</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,796</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,282</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,367</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,374</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,446</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,831</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,143</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,917</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,258</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,746</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,492</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,651</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,012</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,523</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,137</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,209</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,994</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,424</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>