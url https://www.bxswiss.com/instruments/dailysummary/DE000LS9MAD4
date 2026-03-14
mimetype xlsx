--- v6 (2026-02-21)
+++ v7 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf67a7986f7864b21" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4e6e4a2a38384da2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rea435f6109774000"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb5d459e60d644e20"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R14097c22edc84447" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rea435f6109774000" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rac8c3480a3014d69" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb5d459e60d644e20" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>AustriaTech</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MAD4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>119,382</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>120,284</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>118,701</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>119,492</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>120,353</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>121,962</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>120,062</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>121,424</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,961</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,576</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,989</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,341</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,822</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,597</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,833</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,833</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,777</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,301</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,322</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,787</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>