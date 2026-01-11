--- v0 (2025-12-20)
+++ v1 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R27eb74af54734a68" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8fe6078b93a1404c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf122fbe578074219"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R13e4a7ab8afe4511"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7ff3a063c9a24368" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf122fbe578074219" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R15f703e1755d4029" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R13e4a7ab8afe4511" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Small &amp; Mid Caps Switzerland</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MAB8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>123,712</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>123,712</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>123,188</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>123,366</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>124,919</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>124,919</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>124,113</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>124,302</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,303</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,046</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,232</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,484</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,791</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,552</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,671</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,439</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>