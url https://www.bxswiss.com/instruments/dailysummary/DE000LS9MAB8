--- v1 (2026-01-11)
+++ v2 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8fe6078b93a1404c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R567a946402044b09" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R13e4a7ab8afe4511"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4f010025ee2c4bcd"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R15f703e1755d4029" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R13e4a7ab8afe4511" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R354c2ea6351e4a10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4f010025ee2c4bcd" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Small &amp; Mid Caps Switzerland</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MAB8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,653 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...31 lines deleted...]
-          <x:t>123,458</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,618</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,312</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,418</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,949</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,931</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,659</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,089</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,816</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,449</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,596</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,018</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,454</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>124,736</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...234 lines deleted...]
-          <x:t>124,361</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,171</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,628</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,121</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,553</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>124,777</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>124,187</x:t>
-[...166 lines deleted...]
-          <x:t>126,439</x:t>
+          <x:t>123,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,611</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,526</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>