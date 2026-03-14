--- v2 (2026-02-21)
+++ v3 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R567a946402044b09" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R18c197ebd4924165" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4f010025ee2c4bcd"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9108c4e7acf24008"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R354c2ea6351e4a10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4f010025ee2c4bcd" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2c62d2410f4146ec" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9108c4e7acf24008" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Small &amp; Mid Caps Switzerland</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MAB8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,435 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...383 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>125,879</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>126,350</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>125,590</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>126,018</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -771,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>124,731</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>126,254</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>124,625</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>125,526</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,383</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,041</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,447</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,123</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,139</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,173</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,276</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,504</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,129</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,771</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,397</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>