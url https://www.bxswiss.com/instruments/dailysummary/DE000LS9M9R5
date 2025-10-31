--- v0 (2025-10-05)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcbe4af601a034875" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R523b20d0d004430c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re920de2347f54851"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4f39083a06354753"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6ba056bcee5e463f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re920de2347f54851" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1b78d5bc16d1452d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4f39083a06354753" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LT Growth at Value</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9M9R5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,536 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>03.09.2025</x:t>
-[...484 lines deleted...]
-        <x:is>
           <x:t>29.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>155,624</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>157,006</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>155,455</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>155,997</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +278,544 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>162,396</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>165,342</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>162,253</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>165,263</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,116</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,079</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,793</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,678</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,282</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,844</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,199</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,736</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,987</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,403</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,986</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,194</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>