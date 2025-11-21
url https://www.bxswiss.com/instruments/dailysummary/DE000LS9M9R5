--- v1 (2025-10-31)
+++ v2 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R523b20d0d004430c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6cf1e5245d1648a7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4f39083a06354753"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1786d60f76374ea4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1b78d5bc16d1452d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4f39083a06354753" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1006852a7083478a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1786d60f76374ea4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LT Growth at Value</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9M9R5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>20.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>159,603</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>160,391</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>157,760</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>158,678</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>158,444</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>158,820</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>157,088</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>158,194</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,391</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,867</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,069</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,913</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,687</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,483</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,499</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,953</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,288</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,823</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,248</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>