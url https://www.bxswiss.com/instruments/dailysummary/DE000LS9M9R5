--- v2 (2025-11-21)
+++ v3 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6cf1e5245d1648a7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra3a7e3fa6cff47df" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1786d60f76374ea4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc4955700a9864b75"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1006852a7083478a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1786d60f76374ea4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5896383179004ab5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc4955700a9864b75" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LT Growth at Value</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9M9R5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,617 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>18.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>144,035</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>145,310</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>143,468</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>145,288</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +224,598 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>148,591</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>149,118</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>147,033</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>147,248</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,969</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,541</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,734</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,406</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,711</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,711</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,711</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,683</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,357</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,654</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,751</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,634</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,377</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,867</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,441</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,352</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>