--- v3 (2025-12-20)
+++ v4 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra3a7e3fa6cff47df" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7fa2e0d8be2f4b2f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc4955700a9864b75"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rec46ca7956cf40ac"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5896383179004ab5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc4955700a9864b75" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R42b9dd428caa4edd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rec46ca7956cf40ac" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LT Growth at Value</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9M9R5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>09.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>153,337</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>153,870</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>152,823</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>153,654</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>152,376</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>153,394</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>152,094</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>153,352</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,964</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,332</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,479</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,727</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,709</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>