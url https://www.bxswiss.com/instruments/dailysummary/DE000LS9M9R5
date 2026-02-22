--- v4 (2026-01-10)
+++ v5 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7fa2e0d8be2f4b2f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5eb71b899f6b48c6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rec46ca7956cf40ac"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf513b12dcb194c12"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R42b9dd428caa4edd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rec46ca7956cf40ac" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd6ed4da811264165" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf513b12dcb194c12" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LT Growth at Value</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9M9R5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...478 lines deleted...]
-          <x:t>161,709</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,984</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,138</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,953</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,221</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,999</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,566</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,988</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,497</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,858</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,901</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,631</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,059</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,547</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,679</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,414</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,253</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,529</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>