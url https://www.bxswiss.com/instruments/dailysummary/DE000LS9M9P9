--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9b4a32e772914bad" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R600b639d37b14921" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R532c8d1a043b482f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R86240fdac7e14864"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9656a4c713a64c0a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R532c8d1a043b482f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf4e300f6bf9044e3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R86240fdac7e14864" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Sustainable Corporate Strategies</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9M9P9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,119</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,585</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,115</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,388</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,375</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,452</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,804</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,156</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,084</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,518</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,318</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,424</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,033</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,974</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,261</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,741</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,299</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,168</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,862</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,201</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,986</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,784</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,286</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>