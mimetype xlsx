--- v1 (2025-10-25)
+++ v2 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R600b639d37b14921" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc61d7fb9ee714aef" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R86240fdac7e14864"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc4957cd20cda4fdc"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf4e300f6bf9044e3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R86240fdac7e14864" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R694381ca3c454e18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc4957cd20cda4fdc" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Sustainable Corporate Strategies</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9M9P9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>98,286</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,691</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,168</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,474</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,682</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,771</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,471</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,327</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,179</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,311</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,633</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,548</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,332</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,878</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,149</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,182</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,576</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,507</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,551</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,414</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,213</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,863</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,466</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>