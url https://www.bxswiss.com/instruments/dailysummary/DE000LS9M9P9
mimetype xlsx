--- v2 (2026-02-21)
+++ v3 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc61d7fb9ee714aef" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5a94bf9afd134fad" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc4957cd20cda4fdc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6c12aae0701b48f0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R694381ca3c454e18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc4957cd20cda4fdc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf3ba0c6fd1ac4f95" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6c12aae0701b48f0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Sustainable Corporate Strategies</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9M9P9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...9 lines deleted...]
-          <x:t>102,780</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,149</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,182</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,576</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,507</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,551</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,414</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,213</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,863</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,670</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,466</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...467 lines deleted...]
-          <x:t>13.02.2026</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,132</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>101,550</x:t>
-[...144 lines deleted...]
-          <x:t>101,466</x:t>
+          <x:t>101,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,262</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,839</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,856</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,584</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,366</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,244</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,677</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,157</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,043</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,752</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,958</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,898</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,867</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,987</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>