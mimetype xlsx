--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcd7979c3dd4344c6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra969d44f77c440d5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R75921996f34f4314"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9120732b09614107"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5a2cab18a4c64fcf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R75921996f34f4314" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R26c9af018fca406a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9120732b09614107" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Neben-, Kleine u. Mittlere Werte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9M9N4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>76,920</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>77,446</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>76,827</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>77,089</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>81,183</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>81,476</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>81,036</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>81,087</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,022</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,739</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,891</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,039</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,356</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,657</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,249</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,849</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,642</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,242</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,602</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,184</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,367</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,278</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>