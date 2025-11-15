--- v1 (2025-10-25)
+++ v2 (2025-11-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra969d44f77c440d5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2f681a74d0454516" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9120732b09614107"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R42fd40fdd21042f7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R26c9af018fca406a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9120732b09614107" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0cde2ec405b84395" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R42fd40fdd21042f7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Neben-, Kleine u. Mittlere Werte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9M9N4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>14.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>77,950</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>78,200</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>77,230</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>77,657</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>80,374</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>81,441</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>80,344</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>81,278</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,446</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,231</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,047</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,918</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,436</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,164</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,976</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,096</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,266</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>