--- v2 (2025-11-15)
+++ v3 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2f681a74d0454516" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1c147a11416e44ba" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R42fd40fdd21042f7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R519b67ff7d884451"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0cde2ec405b84395" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R42fd40fdd21042f7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R69b9c8b3cfdf43fc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R519b67ff7d884451" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Neben-, Kleine u. Mittlere Werte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9M9N4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.10.2025</x:t>
-[...640 lines deleted...]
-          <x:t>76,266</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,079</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,617</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,856</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,437</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,742</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,861</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,503</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,159</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,692</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,546</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,178</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,876</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,914</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,316</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,564</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,437</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,334</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,422</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>