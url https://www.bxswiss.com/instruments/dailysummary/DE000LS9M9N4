--- v3 (2025-12-20)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1c147a11416e44ba" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7f2c0d7e6d544391" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R519b67ff7d884451"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rac36734f2fea40e0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R69b9c8b3cfdf43fc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R519b67ff7d884451" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3aec8721c9134d68" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rac36734f2fea40e0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Neben-, Kleine u. Mittlere Werte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9M9N4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>78,397</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>78,414</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>77,276</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>77,876</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>76,599</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>77,470</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>76,337</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>77,422</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,922</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,151</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,299</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,684</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,114</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,811</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,106</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,900</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>