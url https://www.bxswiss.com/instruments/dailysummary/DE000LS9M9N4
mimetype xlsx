--- v4 (2026-01-11)
+++ v5 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7f2c0d7e6d544391" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd225a6b1fd924a50" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rac36734f2fea40e0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R238427a765a9466b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3aec8721c9134d68" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rac36734f2fea40e0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2261abdf2d0f4615" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R238427a765a9466b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Neben-, Kleine u. Mittlere Werte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9M9N4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>81,900</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,401</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,891</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,058</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,974</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,892</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,121</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,419</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,234</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,397</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,019</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,683</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,857</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,549</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,889</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,496</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,982</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,917</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,824</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,914</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,288</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>