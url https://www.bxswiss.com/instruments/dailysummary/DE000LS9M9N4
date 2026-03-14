--- v5 (2026-02-21)
+++ v6 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd225a6b1fd924a50" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7b146bcfc6894784" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R238427a765a9466b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R19b959c13cc54ad5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2261abdf2d0f4615" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R238427a765a9466b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb2e1de83d3fa423f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R19b959c13cc54ad5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Neben-, Kleine u. Mittlere Werte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9M9N4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>74,426</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>75,132</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>74,105</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>74,857</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>73,834</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>74,609</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>73,469</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>74,288</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,803</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,258</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,427</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,821</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,067</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,101</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,447</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,369</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,398</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,028</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,049</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,177</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>