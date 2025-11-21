--- v0 (2025-10-31)
+++ v1 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6d1cf86fcc5847f8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0efad8cf94854e20" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R90abf8a76cfd459d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7682291cd6624562"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R61e3e9b378c14631" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R90abf8a76cfd459d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0d623b6db64e40f2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7682291cd6624562" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Wasser - Rohstoff der Zukunft</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9M9M6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>20.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>106,506</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>107,164</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>105,954</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>107,050</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>108,400</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>109,612</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>108,328</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>109,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,781</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,396</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,983</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,969</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,297</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,392</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,076</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,536</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,894</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,467</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>