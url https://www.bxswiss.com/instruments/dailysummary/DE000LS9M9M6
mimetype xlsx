--- v1 (2025-11-21)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0efad8cf94854e20" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R890967dcb6544bd2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7682291cd6624562"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2cd3bc641f724501"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0d623b6db64e40f2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7682291cd6624562" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbe517578d3e349fe" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2cd3bc641f724501" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Wasser - Rohstoff der Zukunft</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9M9M6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...350 lines deleted...]
-          <x:t>06.11.2025</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,467</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,666</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,788</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,881</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,552</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,093</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,623</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,384</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,398</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,988</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,064</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,074</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,216</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>108,392</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>110,410</x:t>
-[...58 lines deleted...]
-          <x:t>108,194</x:t>
+          <x:t>108,142</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>108,392</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11.11.2025</x:t>
-[...208 lines deleted...]
-          <x:t>106,467</x:t>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,244</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,934</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,432</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,023</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,013</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,576</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>