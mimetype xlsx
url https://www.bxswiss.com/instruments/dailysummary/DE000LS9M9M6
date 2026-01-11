--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R890967dcb6544bd2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb68d4b8963a34dd4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2cd3bc641f724501"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcb7f69ed77ed4023"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbe517578d3e349fe" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2cd3bc641f724501" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4dab6fa18bc24a7e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcb7f69ed77ed4023" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Wasser - Rohstoff der Zukunft</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9M9M6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>108,216</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>108,392</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>108,142</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>108,392</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>107,494</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>107,829</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>107,315</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>107,576</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,651</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,949</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,397</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,626</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,789</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,640</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>