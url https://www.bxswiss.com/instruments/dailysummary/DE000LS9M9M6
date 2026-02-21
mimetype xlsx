--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb68d4b8963a34dd4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R290eccf5cec44e05" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcb7f69ed77ed4023"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R19a57751dc3c49e8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4dab6fa18bc24a7e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcb7f69ed77ed4023" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re1f166b176c84b71" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R19a57751dc3c49e8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Wasser - Rohstoff der Zukunft</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9M9M6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>112,640</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,969</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,919</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,652</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,287</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,118</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,083</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,308</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,664</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,914</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,832</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,474</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,238</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,841</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,713</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,247</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,659</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,211</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,701</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,451</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,416</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>