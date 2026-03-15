--- v4 (2026-02-21)
+++ v5 (2026-03-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R290eccf5cec44e05" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R76563fe8847748c8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R19a57751dc3c49e8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra22efb4740494c9f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re1f166b176c84b71" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R19a57751dc3c49e8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R11f5ede6fcba40ea" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra22efb4740494c9f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Wasser - Rohstoff der Zukunft</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9M9M6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>12.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>106,539</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>106,585</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,225</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,247</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +332,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>107,484</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>108,549</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>107,189</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>108,416</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,002</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,133</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,942</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,527</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,228</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,982</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,922</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>