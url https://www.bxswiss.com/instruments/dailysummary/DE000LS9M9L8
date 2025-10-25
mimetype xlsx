--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9649fa60d8d945ae" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R60260c65d6234072" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd659a2a198d24f69"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5217ed9a9c664f42"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4733ebd1290c46ce" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd659a2a198d24f69" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc3dbfd1335e04d1b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5217ed9a9c664f42" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Compounding</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9M9L8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>153,174</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>155,029</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>152,993</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>153,398</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>164,116</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>165,866</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>163,449</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>164,912</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,851</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,526</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,201</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,628</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,619</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,647</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,968</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,331</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,783</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,886</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,147</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,306</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,878</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,198</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,465</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>