--- v1 (2025-10-25)
+++ v2 (2026-01-06)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R60260c65d6234072" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9c225118519f46a4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5217ed9a9c664f42"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6d7e5537c15e4e98"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc3dbfd1335e04d1b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5217ed9a9c664f42" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R98d6efdb4b7949f3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6d7e5537c15e4e98" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Compounding</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9M9L8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,457 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>141,465</x:t>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,027</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,027</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,839</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,776</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,627</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,824</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,743</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,963</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,637</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,411</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,507</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,814</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,460</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>