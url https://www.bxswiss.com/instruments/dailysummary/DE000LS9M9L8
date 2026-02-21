--- v2 (2026-01-06)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9c225118519f46a4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R48eb959729ad41a6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6d7e5537c15e4e98"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd54694ee2ce244f2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R98d6efdb4b7949f3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6d7e5537c15e4e98" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R011c2a5241614a1d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd54694ee2ce244f2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Compounding</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9M9L8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,457 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.12.2025</x:t>
-[...424 lines deleted...]
-          <x:t>113,460</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,257</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,279</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,177</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,692</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,217</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,613</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,962</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,198</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,544</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,331</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,714</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,851</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,277</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,058</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,487</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,379</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,491</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,553</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,376</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,094</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>