--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R48eb959729ad41a6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ree1509c317664d53" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd54694ee2ce244f2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re3bd511b98cb4ab6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R011c2a5241614a1d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd54694ee2ce244f2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R262ebf15ec93456e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re3bd511b98cb4ab6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Compounding</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9M9L8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>87,777</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>88,547</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>87,095</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>88,277</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>84,134</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>85,156</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>83,482</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>85,094</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,976</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,984</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,696</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,437</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,851</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,426</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,146</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,467</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,891</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,851</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,221</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,742</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>