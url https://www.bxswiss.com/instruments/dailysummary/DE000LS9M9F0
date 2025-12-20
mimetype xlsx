--- v0 (2025-10-03)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R71dba4e7ea3d4934" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Refcb328b540742ea" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2e7d7e3e2e9c4e23"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3c7d199b1067453b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcb07c10983034655" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2e7d7e3e2e9c4e23" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd938c2777d7b4e86" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3c7d199b1067453b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Lets Go</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9M9F0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>251,855</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,379</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,453</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,119</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,039</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,789</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,469</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,671</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,551</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,333</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,072</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,777</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,328</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,547</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,872</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,077</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,663</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,981</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,397</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,349</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,198</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,429</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,725</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>