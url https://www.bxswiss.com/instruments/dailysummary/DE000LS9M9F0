--- v1 (2025-12-20)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Refcb328b540742ea" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2a07c09d905c45ea" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3c7d199b1067453b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R597e9fdde248431c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd938c2777d7b4e86" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3c7d199b1067453b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra9cac760391c44fd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R597e9fdde248431c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Lets Go</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9M9F0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>257,146</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>257,415</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>254,798</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>255,663</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>250,495</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>251,960</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>249,748</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>251,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,818</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,019</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,538</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,383</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,092</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,363</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,096</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,793</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,229</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>