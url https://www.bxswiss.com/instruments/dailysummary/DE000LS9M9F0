--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2a07c09d905c45ea" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd23566e546c04b45" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R597e9fdde248431c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc6c5ab1c7cf54879"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra9cac760391c44fd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R597e9fdde248431c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R73e3b255be3e4cf9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc6c5ab1c7cf54879" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Lets Go</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9M9F0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...122 lines deleted...]
-          <x:t>248,737</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,216</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,154</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,956</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,958</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>249,349</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...3 lines deleted...]
-          <x:t>17.12.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,067</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,037</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,746</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,242</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>251,427</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>251,779</x:t>
-[...306 lines deleted...]
-          <x:t>260,229</x:t>
+          <x:t>247,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,307</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,839</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,821</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,174</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,191</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,704</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,523</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,869</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,402</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,858</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,383</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,742</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,767</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>