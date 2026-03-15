--- v3 (2026-02-21)
+++ v4 (2026-03-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd23566e546c04b45" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R28edb5a5da88448d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc6c5ab1c7cf54879"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re8fcab254fbf4830"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R73e3b255be3e4cf9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc6c5ab1c7cf54879" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R710278f1661a44df" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re8fcab254fbf4830" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Lets Go</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9M9F0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>12.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>241,455</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>241,998</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>237,847</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>237,869</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +332,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>239,931</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>241,534</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>239,107</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>240,767</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,988</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,946</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,174</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,307</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,889</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,031</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,458</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,353</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,979</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,964</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,923</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,847</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,284</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>