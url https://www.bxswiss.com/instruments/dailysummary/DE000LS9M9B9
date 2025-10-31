--- v0 (2025-10-04)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R06a33574e53a4997" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2bb7ccbae0244339" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R99ee5cb24f1547b8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd0ab6f120c784cec"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R101aa6c1236b4f32" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R99ee5cb24f1547b8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6a30f646f1cd4df9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd0ab6f120c784cec" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Power</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9M9B9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...85 lines deleted...]
-          <x:t>101,814</x:t>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,966</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,272</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,918</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,143</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,716</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,893</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,659</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,662</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,212</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,879</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,844</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,237</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,329</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,203</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,779</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,527</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,832</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,830</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,888</x:t>
-        </x:is>
-[...548 lines deleted...]
-          <x:t>103,143</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>