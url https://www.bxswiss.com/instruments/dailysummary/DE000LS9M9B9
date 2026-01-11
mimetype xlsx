--- v1 (2025-10-31)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2bb7ccbae0244339" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R673a4a37f9a441ed" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd0ab6f120c784cec"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R385ecb870ae7439e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6a30f646f1cd4df9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd0ab6f120c784cec" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3a9e6771e19b47ef" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R385ecb870ae7439e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Power</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9M9B9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,464 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>101,888</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,773</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,773</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,086</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,052</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,052</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,052</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,052</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,052</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,779</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,119</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,977</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,676</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,121</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>