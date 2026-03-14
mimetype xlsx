--- v2 (2026-01-11)
+++ v3 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R673a4a37f9a441ed" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R872bb79ee6d24209" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R385ecb870ae7439e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R316fb53c726d4cdd"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3a9e6771e19b47ef" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R385ecb870ae7439e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7740a6abb8a5412b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R316fb53c726d4cdd" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Power</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9M9B9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,464 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...102 lines deleted...]
-          <x:t>104,932</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,378</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,254</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,446</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,747</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,449</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,221</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,179</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>105,052</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...320 lines deleted...]
-          <x:t>105,121</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,303</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,002</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,846</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,298</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,088</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,972</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,808</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,157</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,143</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,669</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,101</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,097</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,247</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,209</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,004</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>