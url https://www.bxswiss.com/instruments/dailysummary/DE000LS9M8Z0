--- v0 (2025-10-04)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8c282db9fed049ea" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R92eb2360e4fd4b36" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R86432423f13b49d8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1b59797fe39a4580"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5d1a442fa3664c98" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R86432423f13b49d8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rafad5b2f16f54c18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1b59797fe39a4580" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LT China, HK &amp; Region - Growth</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9M8Z0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...311 lines deleted...]
-          <x:t>127,590</x:t>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,672</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,019</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,474</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,807</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,746</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,427</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,923</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,673</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,612</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,086</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,485</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>128,045</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...320 lines deleted...]
-          <x:t>131,535</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,018</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,436</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,931</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,442</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,758</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,786</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>