--- v1 (2025-10-31)
+++ v2 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R92eb2360e4fd4b36" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8091d438680b416f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1b59797fe39a4580"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc9c8891deb46491e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rafad5b2f16f54c18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1b59797fe39a4580" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re11db07857a6494d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc9c8891deb46491e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LT China, HK &amp; Region - Growth</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9M8Z0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,239 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...382 lines deleted...]
-          <x:t>124,982</x:t>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,900</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>127,087</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>124,914</x:t>
-[...247 lines deleted...]
-          <x:t>129,786</x:t>
+          <x:t>126,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,212</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,968</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,400</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>