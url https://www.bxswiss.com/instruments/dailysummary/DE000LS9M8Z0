--- v2 (2025-12-21)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8091d438680b416f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb82d59d170fa4293" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc9c8891deb46491e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R80e7215cdbdb442b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re11db07857a6494d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc9c8891deb46491e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0cb655c2fa3849a0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R80e7215cdbdb442b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LT China, HK &amp; Region - Growth</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9M8Z0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,148 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.11.2025</x:t>
-[...96 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12.12.2025</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
     </x:row>
@@ -357,31 +259,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>127,922</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>128,503</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>127,815</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>128,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,678</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,321</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,101</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,872</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,288</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,134</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,904</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,288</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>