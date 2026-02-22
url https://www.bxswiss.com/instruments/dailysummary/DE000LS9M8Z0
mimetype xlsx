--- v3 (2026-01-11)
+++ v4 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb82d59d170fa4293" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R078448d1ad9b4056" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R80e7215cdbdb442b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2044ac030a1d4304"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0cb655c2fa3849a0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R80e7215cdbdb442b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9e68d0bce9cf4117" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2044ac030a1d4304" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LT China, HK &amp; Region - Growth</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9M8Z0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,384 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...351 lines deleted...]
-          <x:t>133,288</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,428</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,324</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,347</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,937</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,859</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,176</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,802</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,702</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,179</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,728</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,752</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,284</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,821</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,013</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,778</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,951</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,793</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>