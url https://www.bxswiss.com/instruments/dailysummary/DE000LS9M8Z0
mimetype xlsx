--- v4 (2026-02-22)
+++ v5 (2026-03-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R078448d1ad9b4056" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbf829aa3dd8d49b1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2044ac030a1d4304"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R93757523b18c4f0d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9e68d0bce9cf4117" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2044ac030a1d4304" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb826eaed78974f57" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R93757523b18c4f0d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LT China, HK &amp; Region - Growth</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9M8Z0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...95 lines deleted...]
-          <x:t>130,598</x:t>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,013</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,778</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,951</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,793</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,487</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,983</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,556</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>130,937</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...509 lines deleted...]
-          <x:t>129,793</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,153</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,879</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,251</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,988</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,966</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,118</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,776</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,206</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,203</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,623</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>