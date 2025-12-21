--- v0 (2025-10-04)
+++ v1 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re14a50bdbe3b4e2f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6b7bf7645e364aaf" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R26301bb142a54825"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1faaeaa5274940f5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3f6c41d7b42a40fe" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R26301bb142a54825" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R17002a6941b14486" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1faaeaa5274940f5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Buy &amp; Hold Basic</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9M8W7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>227,027</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,638</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,762</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,684</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,897</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,929</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,547</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,611</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,324</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,571</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,536</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,888</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,314</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,583</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,526</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,781</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,753</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,978</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>