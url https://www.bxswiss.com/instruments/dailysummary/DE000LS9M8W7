--- v1 (2025-12-21)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6b7bf7645e364aaf" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0dd2573d782241c5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1faaeaa5274940f5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra997abea38084eec"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R17002a6941b14486" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1faaeaa5274940f5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf53ce6f1f2ca4f78" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra997abea38084eec" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Buy &amp; Hold Basic</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9M8W7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>230,680</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>231,342</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>230,608</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>231,314</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>228,550</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>229,157</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>227,440</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>228,978</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,116</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,237</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,528</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,368</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,849</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,791</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,625</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>