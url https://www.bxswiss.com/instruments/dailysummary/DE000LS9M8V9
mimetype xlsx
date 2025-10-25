--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R45a980959e91492c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5b731ce6fb3c4e70" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6bdf49d7e6ea4485"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R02077f26da304a94"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R592ea26ab27446cf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6bdf49d7e6ea4485" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf4d0c87b989843eb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R02077f26da304a94" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Invest nach Buffet, Dividende</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9M8V9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>170,641</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>176,188</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>170,538</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>174,472</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>177,774</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>179,043</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>176,897</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>177,917</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,239</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,428</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,016</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,916</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,222</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,261</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,823</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,754</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,592</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,342</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>