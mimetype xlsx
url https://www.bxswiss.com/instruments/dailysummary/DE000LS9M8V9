--- v1 (2025-10-25)
+++ v2 (2025-11-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5b731ce6fb3c4e70" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9977992b79714107" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R02077f26da304a94"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3bfb1b0c46be4591"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf4d0c87b989843eb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R02077f26da304a94" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R382ca4e92ec5405f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3bfb1b0c46be4591" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Invest nach Buffet, Dividende</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9M8V9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>14.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>172,085</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>173,985</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>169,563</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>173,520</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>177,444</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>178,060</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>176,018</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>177,342</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,261</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,416</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,311</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,893</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,826</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,614</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,496</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,943</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,566</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,359</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,089</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,854</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,966</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,566</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>