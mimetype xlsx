--- v2 (2025-11-15)
+++ v3 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9977992b79714107" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R284be632d7e342d7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3bfb1b0c46be4591"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfb148d4bc58a4cdc"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R382ca4e92ec5405f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3bfb1b0c46be4591" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbcbc7cb59258488c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfb148d4bc58a4cdc" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Invest nach Buffet, Dividende</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9M8V9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.10.2025</x:t>
-[...640 lines deleted...]
-          <x:t>171,566</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,579</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,613</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,237</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,478</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,364</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,711</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,636</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,938</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,817</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,049</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,261</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,082</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,076</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,772</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,784</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,287</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,992</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>