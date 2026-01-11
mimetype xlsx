--- v3 (2025-12-20)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R284be632d7e342d7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7375a9785eb94d7a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfb148d4bc58a4cdc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R14d3e2e608a34816"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbcbc7cb59258488c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfb148d4bc58a4cdc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdc8478b8dd7c480b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R14d3e2e608a34816" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Invest nach Buffet, Dividende</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9M8V9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>179,199</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>179,941</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>177,160</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>179,840</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>173,170</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>175,341</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>172,986</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>174,992</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,516</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,254</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,107</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,246</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,333</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>