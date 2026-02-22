--- v4 (2026-01-11)
+++ v5 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7375a9785eb94d7a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb1079cb2fa2747cd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R14d3e2e608a34816"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R83021f33a8f24d4c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdc8478b8dd7c480b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R14d3e2e608a34816" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R96d1c132d86c4769" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R83021f33a8f24d4c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Invest nach Buffet, Dividende</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9M8V9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>186,333</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,817</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,956</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,793</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,758</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,933</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,972</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,271</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,978</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,779</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,532</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,897</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,579</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,319</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,492</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,864</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,969</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,283</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,269</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,124</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>