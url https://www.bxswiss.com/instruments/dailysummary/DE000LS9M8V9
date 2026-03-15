--- v5 (2026-02-22)
+++ v6 (2026-03-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb1079cb2fa2747cd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R35dc9519077642fc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R83021f33a8f24d4c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0885c81f3e654448"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R96d1c132d86c4769" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R83021f33a8f24d4c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R357209d22c3544d9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0885c81f3e654448" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Invest nach Buffet, Dividende</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9M8V9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>12.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>195,398</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>199,429</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>191,864</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>191,864</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +332,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>190,072</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>193,490</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>188,465</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>189,124</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,119</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,479</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,908</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,323</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,391</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,786</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,186</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,186</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,877</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,881</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,249</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,216</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,697</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>