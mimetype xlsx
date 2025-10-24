--- v0 (2025-10-03)
+++ v1 (2025-10-24)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0c5e6e3dc4b94520" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra36a6d32e9d84e83" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R32435477117f4344"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R98060a72051a4f48"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6fb14020768c4729" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R32435477117f4344" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfb3f64412b094234" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R98060a72051a4f48" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Technology and Innovation</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9M8T3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>22.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.800,622</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.808,158</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.797,359</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.799,291</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>02.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.833,990</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.852,638</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.825,490</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.851,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.861,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.869,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.839,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.841,427</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.853,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.854,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.771,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.789,441</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.771,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.783,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.750,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.765,069</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.798,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.825,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.797,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.818,958</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.805,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.821,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.795,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.808,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.783,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.795,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.759,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.767,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.771,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.772,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.746,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.751,679</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.728,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.733,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.675,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.714,014</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.669,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.690,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.629,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.633,757</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.621,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.660,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.610,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.658,077</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.573,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.577,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.531,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.541,134</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.612,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.642,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.611,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.637,643</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.643,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.655,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.627,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.651,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.689,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.695,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.613,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.617,601</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.657,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.660,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.625,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.629,037</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>