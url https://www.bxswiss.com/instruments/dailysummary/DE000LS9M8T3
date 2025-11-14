--- v1 (2025-10-24)
+++ v2 (2025-11-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra36a6d32e9d84e83" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R49b9bd6d2e1c457e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R98060a72051a4f48"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1b482fee52024fa8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfb3f64412b094234" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R98060a72051a4f48" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf2f00f3a6a9048e8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1b482fee52024fa8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Technology and Innovation</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9M8T3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>13.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.771,370</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.772,152</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.746,875</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.751,679</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>23.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.657,599</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.660,617</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.625,279</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.629,037</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.649,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.659,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.623,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.648,687</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.666,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.669,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.622,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.641,064</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.606,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.648,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.606,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.640,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.636,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.641,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.624,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.630,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.604,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.620,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.593,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.599,266</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.604,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.622,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.601,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.608,176</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.612,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.654,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.608,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.651,103</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.611,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.632,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.601,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.606,078</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.599,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.616,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.578,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.590,443</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.610,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.654,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.556,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.590,516</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.586,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.610,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.570,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.605,012</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.648,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.668,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.648,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.663,013</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.635,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.638,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.581,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.602,926</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.597,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.606,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.593,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.597,101</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.619,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.622,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.596,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.597,971</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>