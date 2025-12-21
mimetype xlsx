--- v2 (2025-11-14)
+++ v3 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R49b9bd6d2e1c457e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf65bb828a61c41d8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1b482fee52024fa8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R39bcc4bda6b84bad"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf2f00f3a6a9048e8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1b482fee52024fa8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf52710f7379a4946" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R39bcc4bda6b84bad" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Technology and Innovation</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9M8T3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.10.2025</x:t>
-[...640 lines deleted...]
-          <x:t>1.597,971</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.563,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.563,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.447,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.457,738</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.500,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.535,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.483,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.484,869</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.413,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.428,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.369,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.381,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.361,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.372,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.327,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.335,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.351,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.370,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.325,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.348,011</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.378,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.396,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.362,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.382,674</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.411,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.420,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.385,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.399,967</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.390,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.404,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.375,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.376,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.328,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.364,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.317,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.340,113</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.393,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.394,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.381,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.382,783</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.415,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.420,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.396,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.411,883</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.416,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.432,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.406,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.431,852</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.413,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.446,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.408,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.425,474</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.413,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.446,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.408,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.425,474</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.515,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.533,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.495,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.530,347</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.524,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.524,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.453,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.483,972</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.487,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.501,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.461,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.468,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.476,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.501,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.469,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.485,048</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.460,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.464,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.440,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.442,908</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.395,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.397,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.362,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.382,107</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.412,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.422,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.398,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.402,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.395,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.413,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.387,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.413,587</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.409,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.423,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.401,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.423,523</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>