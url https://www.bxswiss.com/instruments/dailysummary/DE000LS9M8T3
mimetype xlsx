--- v3 (2025-12-21)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf65bb828a61c41d8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc25eb22dcb6d491f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R39bcc4bda6b84bad"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R59557a14a4be4f5b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf52710f7379a4946" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R39bcc4bda6b84bad" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra3e5ccd0ce524a6c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R59557a14a4be4f5b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Technology and Innovation</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9M8T3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.524,075</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.524,075</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.453,246</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.483,972</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.409,092</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.423,523</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.401,089</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.423,523</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.413,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.422,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.403,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.412,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.411,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.414,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.385,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.396,271</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.377,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.388,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.354,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.377,866</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.392,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.406,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.391,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.401,432</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.536,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.568,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.529,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.564,593</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.573,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.590,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.541,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.546,479</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.559,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.609,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.537,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.609,128</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.663,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.668,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.605,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.636,668</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.642,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.665,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.633,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.662,536</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>