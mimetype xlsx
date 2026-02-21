--- v4 (2026-01-11)
+++ v5 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc25eb22dcb6d491f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb20267b8f6fb432c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R59557a14a4be4f5b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf16498fb642048e4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra3e5ccd0ce524a6c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R59557a14a4be4f5b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re64b076918d6463d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf16498fb642048e4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Technology and Innovation</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9M8T3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>1.662,536</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.648,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.661,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.619,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.646,362</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.640,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.654,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.611,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.612,969</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.577,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.583,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.533,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.555,621</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.574,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.596,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.556,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.580,563</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.568,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.572,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.524,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.534,703</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.550,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.571,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.537,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.569,893</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.572,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.582,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.549,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.569,399</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.562,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.563,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.508,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.517,109</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.509,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.521,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.498,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.501,834</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.485,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.498,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.466,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.466,094</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.502,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.507,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.464,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.476,306</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.482,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.486,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.460,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.462,106</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.359,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.362,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.286,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.313,476</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.347,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.371,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.311,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.340,061</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.384,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.388,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.359,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.377,739</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.374,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.380,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.354,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.360,154</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.333,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.347,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.311,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.331,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.330,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.339,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.302,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.304,064</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.323,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.363,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.321,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.345,564</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.349,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.362,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.345,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.355,921</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.335,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.351,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.314,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.349,502</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.367,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.420,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.365,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.411,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.415,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.452,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.411,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.451,347</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.458,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.469,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.439,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.451,540</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>