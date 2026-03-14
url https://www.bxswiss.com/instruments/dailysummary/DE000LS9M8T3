--- v5 (2026-02-21)
+++ v6 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb20267b8f6fb432c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb5b48bbe84b24e8a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf16498fb642048e4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R910cdc5564ec4aa7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re64b076918d6463d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf16498fb642048e4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1a2756549f254e64" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R910cdc5564ec4aa7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Technology and Innovation</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9M8T3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.374,102</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.380,849</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.354,219</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.360,154</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.458,389</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.469,398</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.439,025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.451,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.425,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.429,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.403,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.421,527</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.419,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.434,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.410,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.434,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.424,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.427,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.385,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.412,661</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.411,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.420,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.389,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.412,827</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.414,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.424,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.385,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.392,103</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.433,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.442,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.369,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.375,387</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.370,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.374,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.325,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.333,966</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.340,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.403,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.337,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.403,467</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.395,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.401,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.319,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.321,954</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.350,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.356,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.334,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.346,082</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.308,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.382,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.306,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.378,317</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.377,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.401,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.374,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.379,774</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.327,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.365,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.278,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.287,776</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.330,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.340,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.302,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.310,789</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.341,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.369,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.329,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.346,892</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>