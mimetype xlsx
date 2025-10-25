--- v0 (2025-10-03)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R40dd007f52df4584" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbcf044597a214bc9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rce4ad26f44814a88"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R54e1d18426f94f37"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra2cb8a3a370749cc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rce4ad26f44814a88" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2b5cd40e055148b7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R54e1d18426f94f37" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Typ Distressed Value</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9M8Q9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,630 +149,198 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...392 lines deleted...]
-          <x:t>408,205</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>408,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>411,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>407,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>411,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>407,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>409,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>406,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>407,784</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>406,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>408,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>400,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>405,029</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>403,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>404,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>398,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>399,398</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>405,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>406,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>403,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>406,198</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>407,725</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>410,244</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...177 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>406,831</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>408,610</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>01.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>405,720</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>408,978</x:t>
@@ -791,31 +359,463 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>02.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>413,427</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>417,511</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>413,398</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>416,451</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>416,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>420,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>415,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>419,114</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>418,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>422,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>417,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>421,928</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>425,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>430,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>425,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>429,711</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>421,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>422,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>419,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>421,393</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>423,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>424,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>420,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>423,487</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>423,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>425,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>418,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>418,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>406,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>413,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>406,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>409,734</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>410,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>410,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>406,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>407,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>410,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>410,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>406,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>407,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>410,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>413,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>405,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>405,818</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>392,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>394,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>390,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>393,347</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>392,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>398,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>392,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>398,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>398,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>402,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>398,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>399,436</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>402,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>404,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>401,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>401,867</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>394,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>400,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>393,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>400,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>402,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>407,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>401,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>406,287</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>