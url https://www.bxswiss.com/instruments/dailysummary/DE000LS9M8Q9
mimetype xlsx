--- v1 (2025-10-25)
+++ v2 (2026-01-09)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbcf044597a214bc9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7fc2b75946b44d48" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R54e1d18426f94f37"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5ab727e673ae4bda"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2b5cd40e055148b7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R54e1d18426f94f37" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R147e284fb8b94aaf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5ab727e673ae4bda" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Typ Distressed Value</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9M8Q9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,511 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>406,287</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>402,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>405,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>399,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>403,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>407,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>408,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>405,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>405,634</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>415,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>415,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>410,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>414,944</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>416,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>417,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>410,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>412,649</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>417,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>418,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>408,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>409,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>413,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>416,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>412,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>412,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>403,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>404,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>399,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>402,481</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>404,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>406,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>403,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>404,277</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>398,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>408,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>396,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>405,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>404,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>411,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>403,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>411,053</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>410,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>410,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>407,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>410,407</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>412,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>416,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>411,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>413,124</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>410,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>411,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>406,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>407,951</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>409,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>411,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>409,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>410,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>419,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>420,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>418,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>419,718</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>422,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>424,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>421,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>423,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>426,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>428,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>424,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>426,428</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>439,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>440,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>439,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>439,978</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>