--- v2 (2026-01-09)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7fc2b75946b44d48" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdfcc3450ee25401e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5ab727e673ae4bda"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R40203c1253364826"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R147e284fb8b94aaf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5ab727e673ae4bda" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R62976aa23d56431e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R40203c1253364826" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Typ Distressed Value</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9M8Q9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...478 lines deleted...]
-          <x:t>439,978</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>442,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>450,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>437,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>450,091</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>448,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>449,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>446,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>447,611</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>460,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>461,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>455,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>456,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>458,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>458,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>449,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>450,023</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>444,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>446,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>440,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>442,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>444,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>445,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>441,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>445,309</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>449,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>451,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>448,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>450,613</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>448,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>449,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>433,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>436,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>440,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>442,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>432,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>433,211</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>427,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>439,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>425,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>437,764</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>434,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>438,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>429,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>429,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>432,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>434,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>430,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>431,516</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>419,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>419,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>411,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>411,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>419,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>419,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>411,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>411,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>417,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>417,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>415,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>416,619</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>417,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>417,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>415,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>416,619</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>417,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>417,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>415,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>416,619</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>417,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>417,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>415,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>416,619</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>417,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>417,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>415,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>416,619</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>424,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>424,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>422,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>423,257</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>421,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>422,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>413,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>418,187</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>422,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>427,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>419,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>426,272</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>428,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>437,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>424,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>436,743</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>