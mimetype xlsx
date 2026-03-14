--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdfcc3450ee25401e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0cebe75d97624bae" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R40203c1253364826"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R260797607ae54dd2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R62976aa23d56431e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R40203c1253364826" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8eacacdb468c4e68" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R260797607ae54dd2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Typ Distressed Value</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9M8Q9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,559 +149,53 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...484 lines deleted...]
-        <x:is>
           <x:t>13.02.2026</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>424,285</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>424,932</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>422,786</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>423,257</x:t>
@@ -764,31 +258,463 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>428,721</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>437,044</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>424,428</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>436,743</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>428,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>437,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>424,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>436,743</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>435,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>435,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>424,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>426,092</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>425,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>432,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>425,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>431,931</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>434,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>438,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>434,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>436,953</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>436,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>439,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>434,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>439,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>436,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>437,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>427,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>427,328</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>428,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>438,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>426,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>437,067</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>444,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>444,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>427,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>429,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>433,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>446,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>433,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>443,091</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>444,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>447,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>439,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>442,778</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>443,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>443,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>434,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>439,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>425,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>435,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>424,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>435,556</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>446,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>448,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>443,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>446,423</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>449,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>457,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>447,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>455,427</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>453,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>456,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>448,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>449,127</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>453,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>464,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>452,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>463,016</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>