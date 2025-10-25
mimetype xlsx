--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3ab4651e72304506" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9d2c883bfd234a65" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb0be46d4ee5c401b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra09da3e70e3d4f39"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rea23733feb5f40b9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb0be46d4ee5c401b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9498027013cd4162" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra09da3e70e3d4f39" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Up! selection world</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9M8N6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...112 lines deleted...]
-          <x:t>142,232</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,324</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,071</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,239</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,117</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,918</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>142,301</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...261 lines deleted...]
-          <x:t>142,218</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,311</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,486</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,237</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,341</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>142,411</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>142,177</x:t>
-[...107 lines deleted...]
-          <x:t>141,816</x:t>
+          <x:t>142,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,097</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,060</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>142,117</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...131 lines deleted...]
-          <x:t>142,097</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,741</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,619</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,753</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,603</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,677</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,413</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,228</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,233</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,559</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,399</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,409</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,479</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,524</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,706</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>