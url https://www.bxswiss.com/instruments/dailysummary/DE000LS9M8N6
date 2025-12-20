--- v1 (2025-10-25)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9d2c883bfd234a65" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re4fe328ddfb64ef8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra09da3e70e3d4f39"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R35ff12f0e3ec4f5c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9498027013cd4162" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra09da3e70e3d4f39" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R49d707d795e74a16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R35ff12f0e3ec4f5c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Up! selection world</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9M8N6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...171 lines deleted...]
-          <x:t>142,646</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,192</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,206</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,472</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,533</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,784</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>142,064</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>142,486</x:t>
-[...97 lines deleted...]
-          <x:t>141,755</x:t>
+          <x:t>141,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,838</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,863</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,857</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>141,507</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>141,619</x:t>
-[...38 lines deleted...]
-          <x:t>141,901</x:t>
+          <x:t>141,639</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,798</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>141,963</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>141,526</x:t>
-[...53 lines deleted...]
-          <x:t>141,524</x:t>
+          <x:t>142,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,046</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,334</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,642</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,754</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,881</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,124</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,069</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,466</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,462</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>141,677</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...239 lines deleted...]
-          <x:t>140,706</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,553</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>