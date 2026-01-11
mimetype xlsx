--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re4fe328ddfb64ef8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2c7888c8455441e7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R35ff12f0e3ec4f5c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd5690de026214053"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R49d707d795e74a16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R35ff12f0e3ec4f5c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9c2a91f71ae34b18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd5690de026214053" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Up! selection world</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9M8N6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...63 lines deleted...]
-          <x:t>141,437</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,754</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,881</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,124</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,069</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,466</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,553</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,487</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,042</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>141,088</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>141,206</x:t>
-[...556 lines deleted...]
-          <x:t>141,677</x:t>
+          <x:t>141,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,934</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,199</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,182</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>141,406</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>141,553</x:t>
+          <x:t>141,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,383</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,512</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>