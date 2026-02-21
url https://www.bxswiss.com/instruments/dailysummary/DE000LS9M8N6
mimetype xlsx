--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2c7888c8455441e7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rda0213c0ade4427f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd5690de026214053"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra35ea127b0dd42a7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9c2a91f71ae34b18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd5690de026214053" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3a98b22775cc4fcb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra35ea127b0dd42a7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Up! selection world</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9M8N6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>141,512</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,613</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,946</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,833</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,722</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,824</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,312</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,462</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,037</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,886</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,031</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,024</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,573</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,317</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,867</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,393</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,328</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,324</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,491</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,302</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,492</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>