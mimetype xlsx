--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rda0213c0ade4427f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb3523d2dc2734273" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra35ea127b0dd42a7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R091062f6c6c64f5f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3a98b22775cc4fcb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra35ea127b0dd42a7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R37fe5887d257410c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R091062f6c6c64f5f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Up! selection world</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9M8N6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>138,526</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>138,545</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>137,944</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>138,317</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>138,293</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>138,633</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>138,239</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>138,492</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,467</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,284</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,381</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,744</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,183</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,566</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,602</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,229</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,819</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,997</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,791</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,943</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,908</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>