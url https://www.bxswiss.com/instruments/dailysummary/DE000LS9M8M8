--- v0 (2025-10-03)
+++ v1 (2025-10-24)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc680ec057de94575" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd1d2684340ca46c1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra973fea8d8224ea2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb98032ca79b54750"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R43c3bb63f3b543c7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra973fea8d8224ea2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb4c17f45acae4bf3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb98032ca79b54750" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Permanent Investments</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9M8M8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>22.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>117,271</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>117,962</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>117,138</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>117,399</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>02.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>119,170</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>119,893</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>118,517</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>119,828</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,544</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,993</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,273</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,157</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,203</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,024</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,523</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,646</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,759</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,917</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,594</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,092</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,066</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,632</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>