--- v1 (2025-10-24)
+++ v2 (2026-01-06)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd1d2684340ca46c1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb3c8dec825374a92" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb98032ca79b54750"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Red677fd71daa448b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb4c17f45acae4bf3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb98032ca79b54750" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R98b64463f37346b2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Red677fd71daa448b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Permanent Investments</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9M8M8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,457 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>105,632</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,372</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,124</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,772</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,773</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,079</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,732</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,372</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,357</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,324</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,103</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,623</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,561</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,467</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,334</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>