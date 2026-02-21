--- v2 (2026-01-06)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb3c8dec825374a92" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rabeacad73dab4aae" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Red677fd71daa448b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9dce7499eb8f402b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R98b64463f37346b2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Red677fd71daa448b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1f8f5d308ce747b4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9dce7499eb8f402b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Permanent Investments</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9M8M8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,457 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...424 lines deleted...]
-          <x:t>103,334</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,741</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,332</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,511</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,407</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,389</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,402</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,172</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,988</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,432</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,831</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,897</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,713</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,171</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,798</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,857</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,843</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,658</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,806</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,501</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,838</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,961</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>