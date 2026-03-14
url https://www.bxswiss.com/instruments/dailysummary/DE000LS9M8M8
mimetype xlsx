--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rabeacad73dab4aae" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcc702b85d5ca4c5e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9dce7499eb8f402b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6114d12f664740c5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1f8f5d308ce747b4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9dce7499eb8f402b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R01714d098f2349cf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6114d12f664740c5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Permanent Investments</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9M8M8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,949</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,466</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,495</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,798</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,108</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,864</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,511</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,961</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,531</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,793</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,791</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,911</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,649</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,642</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,933</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,421</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,509</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,582</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,920</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>