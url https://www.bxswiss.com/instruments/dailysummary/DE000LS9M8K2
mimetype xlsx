--- v0 (2025-10-04)
+++ v1 (2025-11-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8fee5450163c4134" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R51d5d3d4b50547dc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R69fca1b7e9e04ee6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb7a241b1ef5a4989"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Raaea558a27dd4995" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R69fca1b7e9e04ee6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R907ad59128a64e10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb7a241b1ef5a4989" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Momentum nach Levy</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9M8K2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>65,030</x:t>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,837</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,716</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,631</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,633</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,326</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,252</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,257</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,289</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,309</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,392</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,613</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,523</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,478</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,781</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,706</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,793</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,803</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,777</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,787</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,516</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,161</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>