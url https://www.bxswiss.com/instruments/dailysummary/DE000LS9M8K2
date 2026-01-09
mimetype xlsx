--- v1 (2025-11-14)
+++ v2 (2026-01-09)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R51d5d3d4b50547dc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5a00fb091b394de2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb7a241b1ef5a4989"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd1afcaf15a754387"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R907ad59128a64e10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb7a241b1ef5a4989" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R27b2057c0ab04c14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd1afcaf15a754387" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Momentum nach Levy</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9M8K2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,511 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.10.2025</x:t>
-[...14 lines deleted...]
-          <x:t>64,767</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,279</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,228</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,022</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,872</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,931</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,042</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,016</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,919</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,741</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,739</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>64,837</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...116 lines deleted...]
-          <x:t>64,444</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,603</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,547</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,578</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>64,455</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>64,147</x:t>
-[...205 lines deleted...]
-          <x:t>64,569</x:t>
+          <x:t>64,557</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,497</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,618</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,704</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,742</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>64,651</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>64,504</x:t>
-[...274 lines deleted...]
-          <x:t>64,161</x:t>
+          <x:t>64,724</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>