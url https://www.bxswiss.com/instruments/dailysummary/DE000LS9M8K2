--- v2 (2026-01-09)
+++ v3 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5a00fb091b394de2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Reedca38b720243d3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd1afcaf15a754387"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfcd22a197a374665"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R27b2057c0ab04c14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd1afcaf15a754387" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5a461a8b7bc648e8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfcd22a197a374665" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Momentum nach Levy</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9M8K2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...478 lines deleted...]
-          <x:t>64,724</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,299</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,552</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,334</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,304</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,303</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,379</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,287</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,292</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,368</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,278</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,284</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,329</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,037</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,238</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,956</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,972</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,802</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,614</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,626</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,601</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,655</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>