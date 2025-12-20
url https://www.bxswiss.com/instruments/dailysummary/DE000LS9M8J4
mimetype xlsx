--- v0 (2025-10-03)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R240fe5167353456e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcf8cf922feff472b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R712d387a42954faf"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R534b6cab2eef4876"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfdc0e90bbaaa41bc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R712d387a42954faf" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R54a77ab98ced48e5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R534b6cab2eef4876" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Wohnimmobilien Deutschland</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9M8J4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>50,485</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,703</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,188</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,097</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,526</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,962</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,618</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,117</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,307</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,226</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,749</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,671</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,206</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,974</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,082</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,502</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,154</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,964</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,324</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,056</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,013</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,029</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,182</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,813</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>