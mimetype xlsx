--- v1 (2025-12-20)
+++ v2 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcf8cf922feff472b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6b6a0c7edb3b4e9c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R534b6cab2eef4876"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb7201fc563a242c3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R54a77ab98ced48e5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R534b6cab2eef4876" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9c85a31a7e934635" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb7201fc563a242c3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Wohnimmobilien Deutschland</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9M8J4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,77 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...25 lines deleted...]
-        <x:is>
           <x:t>19.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>47,910</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>48,436</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>47,585</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>48,188</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>