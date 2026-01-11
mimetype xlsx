--- v2 (2025-12-21)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6b6a0c7edb3b4e9c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb5283942ca7b4bc9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb7201fc563a242c3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rca8bec01314644db"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9c85a31a7e934635" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb7201fc563a242c3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R84dadba6416d43f4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rca8bec01314644db" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Wohnimmobilien Deutschland</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9M8J4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,457 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...409 lines deleted...]
-          <x:t>46,098</x:t>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,964</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,324</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,056</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,013</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,029</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,182</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,813</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,861</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,816</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,525</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>46,179</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>46,098</x:t>
-[...193 lines deleted...]
-          <x:t>45,813</x:t>
+          <x:t>45,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,163</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,514</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,313</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,719</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,913</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>