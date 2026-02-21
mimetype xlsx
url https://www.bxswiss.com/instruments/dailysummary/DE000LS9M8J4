--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb5283942ca7b4bc9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rff203f22f100419a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rca8bec01314644db"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R138a5dd84a2f412f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R84dadba6416d43f4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rca8bec01314644db" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0c9b13d1042e471b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R138a5dd84a2f412f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Wohnimmobilien Deutschland</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9M8J4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,457 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11.12.2025</x:t>
-[...117 lines deleted...]
-          <x:t>46,126</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,103</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,128</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,384</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>45,914</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>46,029</x:t>
-[...296 lines deleted...]
-          <x:t>47,913</x:t>
+          <x:t>46,142</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,263</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,781</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,243</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,332</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,117</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,428</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,678</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,536</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,031</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,368</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,052</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,219</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,333</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,626</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,587</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,444</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>