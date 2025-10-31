--- v0 (2025-10-04)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc86dc42d14a04e3c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb6ccefdf487643a2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R09eb45e7d37d474b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0f781af318554b0a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R58a122b9b4ad47c5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R09eb45e7d37d474b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5f19cc066b7d4eb0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0f781af318554b0a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Amur Maackia</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9M8G0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,598 +149,85 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...365 lines deleted...]
-          <x:t>189,379</x:t>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,339</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>189,385</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...172 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>190,284</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>188,764</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>189,648</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>01.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>188,450</x:t>
@@ -791,31 +278,544 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>192,888</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>193,028</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>191,838</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>191,869</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,476</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,841</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,902</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,098</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,936</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,903</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,539</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,574</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,626</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,266</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,523</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,314</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,259</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>