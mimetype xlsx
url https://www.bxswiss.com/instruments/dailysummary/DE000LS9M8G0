--- v1 (2025-10-31)
+++ v2 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb6ccefdf487643a2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raafb0a7b110c4d7a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0f781af318554b0a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R380aa8b8874441e5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5f19cc066b7d4eb0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0f781af318554b0a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbf695617fe4f4f58" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R380aa8b8874441e5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Amur Maackia</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9M8G0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>20.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>190,219</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>190,623</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>189,220</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>190,539</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>193,931</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>194,948</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>192,556</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>194,259</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,846</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,071</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,967</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,922</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,151</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,151</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,934</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,002</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,796</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,177</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,826</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,372</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,780</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>