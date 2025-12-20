--- v2 (2025-11-21)
+++ v3 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raafb0a7b110c4d7a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc15085b724d34712" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R380aa8b8874441e5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfba48e86e75e46a8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbf695617fe4f4f58" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R380aa8b8874441e5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2f3c18bec4c74eb5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfba48e86e75e46a8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Amur Maackia</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9M8G0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,617 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>18.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>182,402</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>183,560</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>180,848</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>182,826</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +224,598 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>187,721</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>188,093</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>186,532</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>187,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,206</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,513</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,936</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,196</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,816</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,879</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,618</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,501</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,961</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,181</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,633</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,566</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,063</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,501</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,769</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,609</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,826</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,622</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,831</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>