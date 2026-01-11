--- v3 (2025-12-20)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc15085b724d34712" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4f03411262a54476" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfba48e86e75e46a8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rad064aecef624ea9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2f3c18bec4c74eb5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfba48e86e75e46a8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R044e06e4b4a24dac" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rad064aecef624ea9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Amur Maackia</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9M8G0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>185,100</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>185,588</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>184,966</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>185,566</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>183,553</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>184,992</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>183,107</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>184,831</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,747</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,833</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,677</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,143</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,902</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,886</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,496</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,703</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>