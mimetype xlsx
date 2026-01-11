--- v4 (2026-01-11)
+++ v5 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4f03411262a54476" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rebdac16ef9c94124" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rad064aecef624ea9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R51b238f4692c4e90"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R044e06e4b4a24dac" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rad064aecef624ea9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0fed344414484b09" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R51b238f4692c4e90" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Amur Maackia</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9M8G0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,77 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...25 lines deleted...]
-        <x:is>
           <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>183,698</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>184,458</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>182,902</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>183,063</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>