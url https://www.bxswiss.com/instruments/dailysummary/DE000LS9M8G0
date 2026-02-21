--- v5 (2026-01-11)
+++ v6 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rebdac16ef9c94124" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5dd7dfa10c3d4665" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R51b238f4692c4e90"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R22fb0b53091941a9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0fed344414484b09" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R51b238f4692c4e90" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcd81ae93d67146bf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R22fb0b53091941a9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Amur Maackia</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9M8G0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,457 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11.12.2025</x:t>
-[...424 lines deleted...]
-          <x:t>189,703</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,304</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,603</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,476</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,476</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,257</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,558</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,759</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,909</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,909</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,686</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,714</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,853</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,994</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,751</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,331</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,667</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,323</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,014</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,681</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,852</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,787</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,172</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>