--- v6 (2026-02-21)
+++ v7 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5dd7dfa10c3d4665" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R72aefa946013487e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R22fb0b53091941a9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra9b8ed4c35a14196"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcd81ae93d67146bf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R22fb0b53091941a9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0ac6a1e329b44fb5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra9b8ed4c35a14196" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Amur Maackia</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9M8G0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>176,174</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>177,761</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>175,631</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>177,331</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>176,281</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>177,602</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>175,449</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>177,172</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,896</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,008</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,232</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,582</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,942</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,646</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,268</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,041</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,681</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,356</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,717</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,755</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>