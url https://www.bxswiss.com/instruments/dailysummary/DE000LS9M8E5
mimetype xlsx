--- v0 (2025-10-04)
+++ v1 (2025-10-24)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R04ebb6babad34f23" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb0217eb0cabc4d0b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5318c480bc3a497a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3e917e00e7334b58"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R103633fe2a3646dd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5318c480bc3a497a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R579556ea52c9436e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3e917e00e7334b58" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Secured High Dividend World</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9M8E5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...31 lines deleted...]
-          <x:t>154,086</x:t>
+          <x:t>22.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,424</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,071</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,555</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>154,170</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>153,835</x:t>
-[...254 lines deleted...]
-          <x:t>17.09.2025</x:t>
+          <x:t>154,232</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,764</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,493</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>154,323</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>154,369</x:t>
-[...53 lines deleted...]
-          <x:t>155,717</x:t>
+          <x:t>154,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,681</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,916</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,369</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,881</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,905</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>154,925</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>154,989</x:t>
-[...263 lines deleted...]
-        <x:is>
           <x:t>153,930</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>154,147</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,237</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,766</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,657</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,704</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,952</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,979</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,979</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,742</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,028</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,134</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,097</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>