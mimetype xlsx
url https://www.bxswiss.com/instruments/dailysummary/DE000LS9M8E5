--- v1 (2025-10-24)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb0217eb0cabc4d0b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R247994e8670241cd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3e917e00e7334b58"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd17f9c0d26b54643"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R579556ea52c9436e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3e917e00e7334b58" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfd40c9c3c2c4497b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd17f9c0d26b54643" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Secured High Dividend World</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9M8E5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22.09.2025</x:t>
-[...446 lines deleted...]
-          <x:t>151,803</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,197</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,894</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,422</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,258</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,745</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>151,979</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...185 lines deleted...]
-          <x:t>150,097</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,947</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,427</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,204</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,317</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,974</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,352</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,207</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,060</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>