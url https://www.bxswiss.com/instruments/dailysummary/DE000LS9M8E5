--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R247994e8670241cd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6eee8f1c2e514d5f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd17f9c0d26b54643"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R992117673af54bbe"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfd40c9c3c2c4497b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd17f9c0d26b54643" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R626850403bb34b92" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R992117673af54bbe" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Secured High Dividend World</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9M8E5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>153,060</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,964</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,374</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,213</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,528</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,381</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,766</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,688</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,648</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,028</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,143</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,073</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,252</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,212</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,301</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,763</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,252</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,996</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,688</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,754</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>