--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6eee8f1c2e514d5f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdd2284b3afc4481a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R992117673af54bbe"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd2f67e88ce7442d8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R626850403bb34b92" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R992117673af54bbe" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfbfcb4eb4d764631" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd2f67e88ce7442d8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Secured High Dividend World</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9M8E5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...203 lines deleted...]
-          <x:t>148,600</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,212</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,301</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,763</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,252</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,996</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,688</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,754</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,067</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,831</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>148,688</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...428 lines deleted...]
-          <x:t>147,754</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,732</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,051</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,347</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,034</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,607</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,827</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,529</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,411</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,100</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>