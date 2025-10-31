--- v0 (2025-10-05)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7f57c5582a264419" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8cdb434c55974679" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf50ad1475be94463"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcf53760cc1044860"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3fa016d9d3f84023" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf50ad1475be94463" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R07e415dfd4df4a85" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcf53760cc1044860" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>eMobility Brennstoffzelle &amp; H2</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9M861</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>03.09.2025</x:t>
-[...431 lines deleted...]
-          <x:t>25.09.2025</x:t>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,876</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,358</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,732</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,491</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>136,765</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...141 lines deleted...]
-          <x:t>135,439</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,337</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,354</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,396</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,699</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,508</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,901</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,441</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,086</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,694</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,204</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>135,732</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...23 lines deleted...]
-          <x:t>136,765</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,051</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,124</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,913</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,782</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,818</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,758</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,262</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,429</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,505</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>