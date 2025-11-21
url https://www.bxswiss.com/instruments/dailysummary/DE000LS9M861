--- v1 (2025-10-31)
+++ v2 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8cdb434c55974679" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re544b6b998964612" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcf53760cc1044860"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re4e7f2d442ff4181"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R07e415dfd4df4a85" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcf53760cc1044860" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8e452905e9a34b5b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re4e7f2d442ff4181" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>eMobility Brennstoffzelle &amp; H2</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9M861</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>20.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>135,199</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>135,594</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>134,664</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>135,124</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>141,777</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>141,911</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>140,844</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>141,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,437</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,387</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,837</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,974</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,961</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,689</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,813</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,969</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,297</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,297</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,227</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,917</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,022</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,591</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>