--- v2 (2025-11-21)
+++ v3 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re544b6b998964612" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1e956da024bd44a5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re4e7f2d442ff4181"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8c6136520d4b4192"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8e452905e9a34b5b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re4e7f2d442ff4181" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb8c9cf96d30b4fec" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8c6136520d4b4192" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>eMobility Brennstoffzelle &amp; H2</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9M861</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...149 lines deleted...]
-          <x:t>139,482</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,591</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,368</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,927</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,739</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>139,758</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...482 lines deleted...]
-          <x:t>140,591</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,777</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,738</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,538</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,506</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,811</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,951</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,911</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,171</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,398</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,609</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,607</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,651</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,867</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,096</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>