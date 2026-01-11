--- v3 (2025-12-20)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1e956da024bd44a5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb569da5c2e2f418f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8c6136520d4b4192"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R42520736c9414b05"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb8c9cf96d30b4fec" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8c6136520d4b4192" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R67cd6eeba86e4cd8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R42520736c9414b05" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>eMobility Brennstoffzelle &amp; H2</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9M861</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>144,101</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>144,316</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>143,686</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>144,171</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>145,731</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>146,364</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>145,650</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>146,096</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,984</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,782</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,843</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,472</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,903</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,714</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,409</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,312</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,842</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>