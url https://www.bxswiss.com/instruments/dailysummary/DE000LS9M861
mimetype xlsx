--- v4 (2026-01-11)
+++ v5 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb569da5c2e2f418f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R36492e7976164cb5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R42520736c9414b05"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R81c7888cf2174401"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R67cd6eeba86e4cd8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R42520736c9414b05" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3bd81de5a2b345ca" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R81c7888cf2174401" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>eMobility Brennstoffzelle &amp; H2</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9M861</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>153,842</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,113</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,121</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,983</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,067</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,032</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,453</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,401</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,956</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,688</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,096</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,901</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,929</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,398</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,653</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,941</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,577</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,332</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,982</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,217</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>