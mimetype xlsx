--- v5 (2026-02-21)
+++ v6 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R36492e7976164cb5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re6eb3ddb8271432c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R81c7888cf2174401"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R309e878c45404c9f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3bd81de5a2b345ca" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R81c7888cf2174401" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R249d053e5f414382" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R309e878c45404c9f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>eMobility Brennstoffzelle &amp; H2</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9M861</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>163,769</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>165,032</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>163,632</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>164,929</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>165,684</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>166,994</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>165,584</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>166,217</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,229</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,046</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,848</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,477</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,118</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,572</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,083</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,934</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,789</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,502</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,804</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,735</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>