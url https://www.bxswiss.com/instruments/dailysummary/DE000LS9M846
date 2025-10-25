--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R594644e1313740e8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7defee0d72d74122" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R16e6719adb594b4c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8bd37fefe5e04de5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcbbb8ac9378b4a03" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R16e6719adb594b4c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R489a6ac6797a49db" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8bd37fefe5e04de5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>smart fox</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9M846</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...58 lines deleted...]
-          <x:t>25,842</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,064</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,866</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,789</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,666</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,581</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,756</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,979</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,067</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,967</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,922</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,327</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,676</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,049</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,373</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,399</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,372</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,218</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,587</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>26,947</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>25,782</x:t>
-[...571 lines deleted...]
-          <x:t>26,756</x:t>
+          <x:t>27,191</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,539</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>