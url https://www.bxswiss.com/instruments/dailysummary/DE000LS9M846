--- v1 (2025-10-25)
+++ v2 (2025-11-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7defee0d72d74122" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd4ed1b619b374560" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8bd37fefe5e04de5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8316ebdf1ad44c63"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R489a6ac6797a49db" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8bd37fefe5e04de5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc3abf38f320e4424" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8316ebdf1ad44c63" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>smart fox</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9M846</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...301 lines deleted...]
-          <x:t>26,759</x:t>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,049</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,373</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>27,007</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>26,664</x:t>
-[...38 lines deleted...]
-          <x:t>10.10.2025</x:t>
+          <x:t>27,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,399</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,595</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>27,109</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>27,132</x:t>
-[...183 lines deleted...]
-          <x:t>27,266</x:t>
+          <x:t>27,372</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,218</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,191</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,539</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,209</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,826</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,441</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>27,595</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...55 lines deleted...]
-          <x:t>26,947</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,964</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,736</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,181</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,616</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,548</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,646</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>27,191</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...23 lines deleted...]
-          <x:t>27,539</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,134</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>