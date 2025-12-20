--- v2 (2025-11-15)
+++ v3 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd4ed1b619b374560" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc2d7d83a7a8a4d06" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8316ebdf1ad44c63"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra41ba200cc934b60"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc3abf38f320e4424" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8316ebdf1ad44c63" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re17b3ee157c94ac7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra41ba200cc934b60" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>smart fox</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9M846</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.10.2025</x:t>
-[...225 lines deleted...]
-          <x:t>27,691</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,304</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,236</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,263</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,887</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,274</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,236</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>27,315</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>27,539</x:t>
-[...404 lines deleted...]
-          <x:t>27,134</x:t>
+          <x:t>27,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,668</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,927</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,712</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,121</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,046</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,154</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,213</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,213</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,429</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,846</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,819</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,627</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,903</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,282</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,244</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,378</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>