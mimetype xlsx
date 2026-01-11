--- v3 (2025-12-20)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc2d7d83a7a8a4d06" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rede9a119ded747e3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra41ba200cc934b60"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5c0f5de5376c4ac8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re17b3ee157c94ac7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra41ba200cc934b60" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rad39383e1e0b4d09" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5c0f5de5376c4ac8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>smart fox</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9M846</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...311 lines deleted...]
-          <x:t>28,822</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,846</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,819</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,627</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,903</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,282</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,244</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,378</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,693</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,711</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>29,046</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...320 lines deleted...]
-          <x:t>29,378</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,467</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,324</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,666</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,947</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,081</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,861</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,042</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,208</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>