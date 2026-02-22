--- v4 (2026-01-11)
+++ v5 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rede9a119ded747e3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R725235a9edb6493f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5c0f5de5376c4ac8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R686b6e8cc21343bc"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rad39383e1e0b4d09" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5c0f5de5376c4ac8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R55898e0dd4054acd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R686b6e8cc21343bc" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>smart fox</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9M846</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...404 lines deleted...]
-          <x:t>08.01.2026</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,486</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30,463</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...38 lines deleted...]
-          <x:t>30,208</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,003</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,554</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,088</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,124</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,397</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,151</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,318</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,268</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,076</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,424</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,266</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,242</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,447</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,868</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,023</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,459</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,727</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>