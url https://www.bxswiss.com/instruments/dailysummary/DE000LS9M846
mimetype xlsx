--- v5 (2026-02-22)
+++ v6 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R725235a9edb6493f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra8cef16f93ed40b3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R686b6e8cc21343bc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdbb953ecc9714d54"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R55898e0dd4054acd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R686b6e8cc21343bc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3cf0342fe93e4ea2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdbb953ecc9714d54" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>smart fox</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9M846</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>32,213</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>32,562</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>32,064</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>32,424</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>32,417</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>32,950</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>32,098</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>32,727</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,272</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,666</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,671</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,599</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,072</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,381</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,876</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,172</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,508</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,618</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,551</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,341</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>