--- v0 (2025-10-04)
+++ v1 (2025-11-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R38c6e895598d45bd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4ed3b20435bd4ae4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4af66dd34adf4b61"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Radd182d6744d4a7f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3372f7763d09461d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4af66dd34adf4b61" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0b19a081096c494d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Radd182d6744d4a7f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Alkoholika, Tabak und Hanf</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9M820</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...161 lines deleted...]
-          <x:t>10.09.2025</x:t>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,831</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,448</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,604</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,418</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,707</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,134</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,378</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,601</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>53,032</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>53,179</x:t>
-[...468 lines deleted...]
-          <x:t>53,873</x:t>
+          <x:t>53,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,749</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,551</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,248</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,578</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,998</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,256</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,543</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,304</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,892</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,458</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,002</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,892</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,135</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>