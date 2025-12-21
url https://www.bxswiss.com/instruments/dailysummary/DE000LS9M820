--- v1 (2025-11-15)
+++ v2 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4ed3b20435bd4ae4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2a54e7c564b9402e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Radd182d6744d4a7f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R35bface22645467f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0b19a081096c494d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Radd182d6744d4a7f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3d9c878c21554dad" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R35bface22645467f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Alkoholika, Tabak und Hanf</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9M820</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.10.2025</x:t>
-[...26 lines deleted...]
-          <x:t>15.10.2025</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,673</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,207</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,080</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>53,910</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...605 lines deleted...]
-          <x:t>53,135</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,773</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,124</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,027</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,891</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,916</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,916</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,916</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,399</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,368</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,897</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,674</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,061</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,392</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>