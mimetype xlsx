--- v2 (2025-12-21)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2a54e7c564b9402e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R17f0f0bce6e446fe" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R35bface22645467f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R541c12f9948f4bf2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3d9c878c21554dad" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R35bface22645467f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R87ac744581c84dec" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R541c12f9948f4bf2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Alkoholika, Tabak und Hanf</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9M820</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...112 lines deleted...]
-          <x:t>53,449</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,399</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,368</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,897</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,674</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,061</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>54,129</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>53,363</x:t>
-[...205 lines deleted...]
-          <x:t>53,566</x:t>
+          <x:t>54,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,392</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,613</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,421</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>53,586</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>53,331</x:t>
+          <x:t>53,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,341</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,259</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>53,425</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...262 lines deleted...]
-          <x:t>54,392</x:t>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,349</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,719</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,794</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,353</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>