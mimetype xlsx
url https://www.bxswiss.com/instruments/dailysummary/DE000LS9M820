--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R17f0f0bce6e446fe" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0c9cf6523b1e4258" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R541c12f9948f4bf2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbe98bbe9be3c49f0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R87ac744581c84dec" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R541c12f9948f4bf2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rca52d8c484974b39" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbe98bbe9be3c49f0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Alkoholika, Tabak und Hanf</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9M820</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...122 lines deleted...]
-          <x:t>54,313</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,347</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,693</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,594</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,251</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,022</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,932</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,959</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,997</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,332</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,118</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,366</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>54,535</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...8 lines deleted...]
-          <x:t>54,983</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,309</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,256</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,521</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,096</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,656</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,106</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,384</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>55,394</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>54,882</x:t>
-[...301 lines deleted...]
-          <x:t>53,353</x:t>
+          <x:t>54,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,978</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,971</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,553</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>