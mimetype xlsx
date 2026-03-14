--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0c9cf6523b1e4258" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0fcd138be8cb4222" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbe98bbe9be3c49f0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc2e1c7910698404a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rca52d8c484974b39" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbe98bbe9be3c49f0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R47dc56a9c9114031" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc2e1c7910698404a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Alkoholika, Tabak und Hanf</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9M820</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...139 lines deleted...]
-          <x:t>52,937</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,521</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,096</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,656</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,106</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,978</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,971</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,553</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,934</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,889</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,641</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,632</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,609</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,772</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,839</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,947</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,961</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,942</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,191</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>53,173</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>52,781</x:t>
-[...463 lines deleted...]
-          <x:t>55,553</x:t>
+          <x:t>53,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,847</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,543</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,227</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>