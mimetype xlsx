--- v0 (2025-10-03)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf62cc3b5f1b44ba2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R75cb2f8e6df14c70" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R19962fac72334b6e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb36dd1a76ae64c04"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra11130593f4d4bb7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R19962fac72334b6e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R74ebe2b62be448aa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb36dd1a76ae64c04" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Nordische Biotech boomt</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9M7G2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,295 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...243 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>142,834</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>143,523</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>142,351</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>143,136</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -604,31 +359,463 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>02.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>166,622</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>168,737</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>166,166</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>167,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,109</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,061</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,382</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,914</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,309</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,772</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,467</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,306</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,207</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,011</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,502</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,602</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,413</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,561</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>