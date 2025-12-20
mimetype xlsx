--- v1 (2025-10-25)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R75cb2f8e6df14c70" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc563738e69694b4d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb36dd1a76ae64c04"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R36bbf4673cc14af7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R74ebe2b62be448aa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb36dd1a76ae64c04" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R071e047d903e440c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R36bbf4673cc14af7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Nordische Biotech boomt</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9M7G2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>165,561</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,318</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,737</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,823</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,914</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,801</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,332</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,147</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,826</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,752</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,849</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,903</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,903</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,991</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,759</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,994</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,234</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,894</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,556</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,889</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,395</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>