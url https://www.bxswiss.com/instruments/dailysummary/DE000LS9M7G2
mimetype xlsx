--- v2 (2025-12-20)
+++ v3 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc563738e69694b4d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R500feaa3344349d7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R36bbf4673cc14af7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6227c6ec71884098"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R071e047d903e440c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R36bbf4673cc14af7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf134a3836ab240f7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6227c6ec71884098" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Nordische Biotech boomt</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9M7G2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,77 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...25 lines deleted...]
-        <x:is>
           <x:t>19.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>153,010</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>156,100</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>152,283</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>154,550</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>