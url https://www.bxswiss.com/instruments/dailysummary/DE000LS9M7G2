--- v3 (2025-12-21)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R500feaa3344349d7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R87617cab998e4a0c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6227c6ec71884098"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0368dfc558224b4a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf134a3836ab240f7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6227c6ec71884098" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R55a3a1123a404ada" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0368dfc558224b4a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Nordische Biotech boomt</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9M7G2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>153,639</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>153,761</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>153,379</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>153,759</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>150,401</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>152,469</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>150,072</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>152,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,616</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,744</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,422</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,221</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,429</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>