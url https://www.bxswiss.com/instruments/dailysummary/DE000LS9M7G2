--- v4 (2026-01-11)
+++ v5 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R87617cab998e4a0c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R12e1177c7e634587" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0368dfc558224b4a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1162e391c5fe4661"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R55a3a1123a404ada" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0368dfc558224b4a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R61e396f169ef4085" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1162e391c5fe4661" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Nordische Biotech boomt</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9M7G2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...58 lines deleted...]
-          <x:t>151,559</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,366</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,089</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,563</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,767</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,491</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>152,431</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>150,968</x:t>
-[...296 lines deleted...]
-          <x:t>151,203</x:t>
+          <x:t>150,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,636</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,933</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,248</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,852</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,127</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,116</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,877</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,483</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,073</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,014</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,631</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,406</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,192</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,609</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,278</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,083</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>153,740</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...77 lines deleted...]
-          <x:t>157,429</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,999</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>