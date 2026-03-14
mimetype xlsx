--- v5 (2026-02-21)
+++ v6 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R12e1177c7e634587" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R26aed6a7faf946ec" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1162e391c5fe4661"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd4f4428879e54a47"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R61e396f169ef4085" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1162e391c5fe4661" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6eb1632e58fb4ec1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd4f4428879e54a47" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Nordische Biotech boomt</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9M7G2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,551 +149,146 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...323 lines deleted...]
-          <x:t>05.02.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,483</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,073</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,014</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,742</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>151,251</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>153,362</x:t>
-[...165 lines deleted...]
-        <x:is>
           <x:t>148,542</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>150,631</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>148,987</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>149,643</x:t>
         </x:is>
       </x:c>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>153,083</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>153,740</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>149,443</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>151,999</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,634</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,189</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,288</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,534</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,237</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,722</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,867</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,184</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,684</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,841</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,301</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>