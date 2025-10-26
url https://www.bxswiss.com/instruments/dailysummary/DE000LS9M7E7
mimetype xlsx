--- v0 (2025-10-04)
+++ v1 (2025-10-26)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1dc146dd774641d9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6705443c142e4686" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb53fe1b847384373"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2ce5eb56b5954cab"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0fd5fedd0e8a4ebc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb53fe1b847384373" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R11b4cb87e61c47b1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2ce5eb56b5954cab" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Pluto-Trading</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9M7E7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>24.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>112,578</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>113,721</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>112,100</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>113,519</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>107,381</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>107,701</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,606</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>106,033</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,329</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,596</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,787</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,777</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,583</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,486</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,152</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,632</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,118</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,822</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,483</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,700</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>