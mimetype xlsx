--- v1 (2025-10-26)
+++ v2 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6705443c142e4686" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra9bef62bc7f44ad5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2ce5eb56b5954cab"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R92304d1624754e8f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R11b4cb87e61c47b1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2ce5eb56b5954cab" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re1f27b14a06e4657" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R92304d1624754e8f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Pluto-Trading</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9M7E7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>100,700</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,189</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,074</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,719</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,373</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,341</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,467</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,983</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,636</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,736</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,844</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,314</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,839</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,633</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,054</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,613</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,816</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>