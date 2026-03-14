--- v2 (2026-02-22)
+++ v3 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra9bef62bc7f44ad5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R077f6364df1740ba" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R92304d1624754e8f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rec90e865a8ca4dd0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re1f27b14a06e4657" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R92304d1624754e8f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Reea9edf475e44c13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rec90e865a8ca4dd0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Pluto-Trading</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9M7E7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>85,850</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90,833</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>85,201</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>89,839</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90,215</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>91,612</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90,073</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90,816</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,776</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,338</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,327</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,599</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,758</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,566</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,031</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,633</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,903</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,017</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,188</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,913</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>