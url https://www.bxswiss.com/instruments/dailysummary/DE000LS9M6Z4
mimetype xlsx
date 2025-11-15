--- v0 (2025-10-25)
+++ v1 (2025-11-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R454998bfa8524ed8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1b74c970699748de" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R06c84bb4a85144fe"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1ba390f58dae41f1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R02858e493af84d48" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R06c84bb4a85144fe" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R943e7ebc3cff4472" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1ba390f58dae41f1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Digital Gamechangers</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9M6Z4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.09.2025</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>14.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>157,267</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>158,233</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>156,375</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>157,906</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>158,363</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>160,184</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>158,304</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>160,168</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,377</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,119</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,452</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,376</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,106</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,256</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,343</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,494</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,332</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,552</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,004</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,492</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>