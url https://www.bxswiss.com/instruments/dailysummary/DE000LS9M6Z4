--- v1 (2025-11-15)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1b74c970699748de" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R397351859b4049ba" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1ba390f58dae41f1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4179d2d727c24b3e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R943e7ebc3cff4472" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1ba390f58dae41f1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R542c75ddc56345bd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4179d2d727c24b3e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Digital Gamechangers</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9M6Z4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.10.2025</x:t>
-[...640 lines deleted...]
-          <x:t>157,492</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,914</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,431</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,357</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,749</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,367</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,662</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,344</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,307</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,103</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,027</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,177</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,834</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,731</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,719</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,029</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,748</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,982</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,849</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,208</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,059</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,145</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>