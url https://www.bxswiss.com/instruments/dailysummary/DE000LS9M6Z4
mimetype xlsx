--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R397351859b4049ba" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf05dd9b3f29a4e1c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4179d2d727c24b3e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R288e77f6fd6e4af9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R542c75ddc56345bd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4179d2d727c24b3e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9b9765578b604b1c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R288e77f6fd6e4af9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Digital Gamechangers</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9M6Z4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>164,059</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>164,276</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>162,307</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>163,029</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>158,864</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>160,206</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>158,864</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>160,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,759</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,954</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,954</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,511</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,157</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,922</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>