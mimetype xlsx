--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf05dd9b3f29a4e1c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R811a7d28437541e5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R288e77f6fd6e4af9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf7ec168b402443cc"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9b9765578b604b1c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R288e77f6fd6e4af9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4a54d30826f543c6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf7ec168b402443cc" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Digital Gamechangers</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9M6Z4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>166,922</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,288</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,717</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,898</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,781</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,109</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,349</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,192</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,357</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,426</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,918</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,587</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,108</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,353</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,519</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,697</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,761</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,981</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,092</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,452</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>