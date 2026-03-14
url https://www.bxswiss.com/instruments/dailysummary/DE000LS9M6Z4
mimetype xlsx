--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R811a7d28437541e5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3b41b22e62d54611" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf7ec168b402443cc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd73ecfce71cb4582"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4a54d30826f543c6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf7ec168b402443cc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7edf080d555e400e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd73ecfce71cb4582" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Digital Gamechangers</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9M6Z4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>156,913</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>156,913</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>155,332</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>156,353</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>157,048</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>157,791</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>156,505</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>157,452</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,862</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,977</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,062</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,062</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,669</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,667</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,424</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,337</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,378</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,912</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,473</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>