--- v0 (2025-10-04)
+++ v1 (2025-10-26)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7996f6af3a2745ce" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd54ebbdf8b0249a1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R571a5790969647ae"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2263ba294d1a45ba"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3a7ced761eb04c1f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R571a5790969647ae" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfed4419bb433427c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2263ba294d1a45ba" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Wachstum Stock Picking</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9M6Y7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>24.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>405,291</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>407,772</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>402,323</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>404,093</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>414,203</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>414,667</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>408,065</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>410,862</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>410,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>416,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>409,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>415,287</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>412,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>415,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>405,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>405,877</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>411,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>419,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>410,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>419,544</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>421,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>423,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>418,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>421,282</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>424,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>427,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>409,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>409,142</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>409,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>415,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>408,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>413,144</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>409,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>409,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>398,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>406,444</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>408,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>416,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>408,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>414,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>414,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>419,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>413,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>413,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>391,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>405,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>389,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>398,447</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>405,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>411,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>404,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>410,379</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>411,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>414,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>409,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>413,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>412,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>414,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>402,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>402,449</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>409,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>414,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>404,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>413,312</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>418,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>427,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>418,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>423,866</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>