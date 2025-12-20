--- v1 (2025-10-26)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd54ebbdf8b0249a1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R815bd95b053a474b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2263ba294d1a45ba"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R59a8f8db0a514847"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfed4419bb433427c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2263ba294d1a45ba" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1d5069dc9dc84b9c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R59a8f8db0a514847" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Wachstum Stock Picking</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9M6Y7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>423,866</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>373,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,106</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>374,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,094</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>376,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>376,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,264</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,264</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,816</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,276</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>373,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>375,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>373,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>373,183</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>373,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>374,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,726</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>373,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,437</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>373,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>373,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,567</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>373,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>375,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>374,681</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>377,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>379,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>376,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>378,289</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>378,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>383,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>378,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>382,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>381,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>383,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>379,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>381,652</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>378,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>380,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>377,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>380,122</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>381,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>384,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>377,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>380,924</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>386,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>386,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>373,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>375,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>377,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>379,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>373,218</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>374,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,033</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,571</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,398</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,823</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>