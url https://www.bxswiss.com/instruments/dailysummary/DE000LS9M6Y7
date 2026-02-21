--- v2 (2025-12-20)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R815bd95b053a474b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc4139e5584414933" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R59a8f8db0a514847"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9e68d47f05784665"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1d5069dc9dc84b9c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R59a8f8db0a514847" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R495d809268bc422d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9e68d47f05784665" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Wachstum Stock Picking</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9M6Y7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...640 lines deleted...]
-          <x:t>367,823</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>378,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>381,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>373,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>374,667</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>377,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>377,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,347</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,831</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>374,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,131</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>374,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>373,628</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>382,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>384,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>380,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>382,143</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>381,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>382,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,201</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,974</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,036</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,841</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,347</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,138</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,352</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,291</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,952</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,534</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,866</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,712</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,103</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,891</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>