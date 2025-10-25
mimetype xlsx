--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2be58be85b7348a4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5fd87cbfea604195" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd91efae08016406f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd406f95061bf4209"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R12411f0451d64c9c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd91efae08016406f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re4d4fd43873645f7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd406f95061bf4209" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Torxan Solide Wachstumsaktien</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9M6N0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...274 lines deleted...]
-          <x:t>210,105</x:t>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,421</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,134</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,228</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,219</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,174</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,184</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>210,548</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>208,112</x:t>
-[...205 lines deleted...]
-          <x:t>210,961</x:t>
+          <x:t>211,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,096</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,018</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,228</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,237</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,456</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,199</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,437</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,716</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,282</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,839</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,823</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,537</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>212,064</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>210,657</x:t>
-[...21 lines deleted...]
-          <x:t>212,989</x:t>
+          <x:t>209,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,902</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,932</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,807</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>212,028</x:t>
-        </x:is>
-[...111 lines deleted...]
-          <x:t>211,018</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>