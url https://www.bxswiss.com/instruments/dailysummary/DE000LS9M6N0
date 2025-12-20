--- v1 (2025-10-25)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5fd87cbfea604195" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8a62e31889df457d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd406f95061bf4209"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd40a53a1b0fb4193"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re4d4fd43873645f7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd406f95061bf4209" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4eb6bd8c050d4d35" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd40a53a1b0fb4193" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Torxan Solide Wachstumsaktien</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9M6N0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>212,028</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,846</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,089</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,209</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,264</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,408</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,271</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,591</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,524</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,872</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,048</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,782</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,304</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,138</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,097</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,531</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,656</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,423</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,688</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,122</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>