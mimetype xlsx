--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8a62e31889df457d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R473518e0d0054b5a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd40a53a1b0fb4193"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb5996460284247d9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4eb6bd8c050d4d35" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd40a53a1b0fb4193" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8f434e053e054a8a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb5996460284247d9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Torxan Solide Wachstumsaktien</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9M6N0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>214,334</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>214,466</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>212,637</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>213,304</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>210,005</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>210,267</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>209,407</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>210,122</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,567</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,012</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,944</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,226</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,718</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,919</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,296</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>