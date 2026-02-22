--- v3 (2026-01-11)
+++ v4 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R473518e0d0054b5a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Radfea73402474ff8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb5996460284247d9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4f730113b6c7456b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8f434e053e054a8a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb5996460284247d9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd40774eb672c4049" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4f730113b6c7456b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Torxan Solide Wachstumsaktien</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9M6N0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>213,296</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,918</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,858</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,644</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,662</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,919</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,502</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,997</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,367</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,051</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,531</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,401</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,821</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,349</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,147</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,016</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,727</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,231</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,819</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>