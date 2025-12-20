--- v0 (2025-10-02)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd16ebf35fe944e4f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R94441abc439c4e25" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2fe757d47a8a4ac1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R15b96ae2c3484150"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R958ad7f0735549cd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2fe757d47a8a4ac1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R018732f1e0664e9c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R15b96ae2c3484150" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Paradisi gloriae</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9M6M2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>386,803</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>409,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>416,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>407,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>415,182</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>416,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>422,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>411,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>412,178</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>419,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>421,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>407,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>407,998</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>396,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>399,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>382,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>386,686</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>400,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>410,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>399,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>403,921</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>404,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>407,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>395,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>401,294</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>403,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>411,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>403,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>410,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>405,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>405,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>401,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>401,909</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>407,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>418,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>406,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>414,078</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>414,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>420,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>408,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>418,938</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>426,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>430,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>426,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>427,949</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>429,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>434,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>426,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>433,311</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>432,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>435,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>425,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>428,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>431,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>444,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>429,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>443,098</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>446,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>448,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>441,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>446,117</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>437,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>438,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>437,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>437,694</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>435,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>436,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>435,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>436,314</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>436,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>436,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>434,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>435,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>435,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>435,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>434,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>435,714</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>436,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>436,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>435,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>436,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>436,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>436,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>436,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>436,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>436,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>436,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>434,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>435,621</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>435,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>435,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>434,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>434,424</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>434,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>435,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>434,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>434,695</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>