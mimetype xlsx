--- v1 (2025-12-20)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R94441abc439c4e25" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra8d3c7befc3340f2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R15b96ae2c3484150"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R24bd5d5f761d4ee3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R018732f1e0664e9c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R15b96ae2c3484150" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfebc3bb5d87a443d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R24bd5d5f761d4ee3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Paradisi gloriae</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9M6M2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>435,917</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>436,316</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>435,917</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>436,314</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>434,416</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>435,075</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>434,243</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>434,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>434,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>434,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>433,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>434,492</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>433,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>434,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>432,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>433,503</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>433,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>434,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>432,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>432,546</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>432,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>434,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>431,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>434,009</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>435,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>435,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>434,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>434,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>434,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>435,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>434,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>435,562</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>435,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>436,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>435,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>436,131</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>436,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>436,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>435,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>436,277</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>436,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>436,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>435,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>436,528</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>