--- v2 (2026-01-11)
+++ v3 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra8d3c7befc3340f2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1f94860a1cf2420a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R24bd5d5f761d4ee3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2623d936ca5a4b4e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfebc3bb5d87a443d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R24bd5d5f761d4ee3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb08cf81673b94ced" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2623d936ca5a4b4e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Paradisi gloriae</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9M6M2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>436,528</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>429,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>434,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>428,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>434,861</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>432,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>443,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>431,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>439,872</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>441,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>443,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>434,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>435,642</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>429,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>433,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>415,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>421,489</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>418,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>419,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>412,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>417,042</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>416,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>422,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>416,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>419,534</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>418,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>420,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>398,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>400,637</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>399,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>400,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>399,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>399,713</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>399,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>402,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>399,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>401,794</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>400,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>400,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>399,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>399,539</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>400,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>400,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>399,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>399,956</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>400,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>400,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>399,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>400,124</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>400,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>400,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>399,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>399,937</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>399,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>399,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>398,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>398,639</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>398,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>398,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>396,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>397,902</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>397,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>400,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>397,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>399,486</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>398,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>399,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>397,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>398,122</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>398,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>398,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>397,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>397,934</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>397,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>398,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>397,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>397,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>397,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>398,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>397,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>398,403</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>398,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>398,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>397,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>397,817</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>397,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>398,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>397,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>397,861</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>397,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>398,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>397,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>398,405</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>