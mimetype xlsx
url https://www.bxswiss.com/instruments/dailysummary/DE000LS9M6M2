--- v3 (2026-02-22)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1f94860a1cf2420a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4ad1c3288892404c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2623d936ca5a4b4e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8868cba157c74b19"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb08cf81673b94ced" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2623d936ca5a4b4e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb5511d748e17485d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8868cba157c74b19" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Paradisi gloriae</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9M6M2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>398,504</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>398,559</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>396,833</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>397,902</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>397,833</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>398,811</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>397,676</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>398,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>398,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>399,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>398,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>398,334</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>398,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>398,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>397,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>397,768</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>397,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>398,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>397,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>397,808</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>397,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>399,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>397,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>398,088</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>398,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>398,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>395,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>396,254</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>394,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>398,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>394,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>397,516</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>397,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>398,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>395,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>395,744</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>395,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>396,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>395,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>395,839</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>394,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>395,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>394,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>394,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>394,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>395,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>393,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>393,592</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>391,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>393,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>391,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>393,668</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>394,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>394,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>393,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>394,103</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>393,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>394,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>392,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>393,512</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>393,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>394,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>393,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>393,949</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>393,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>394,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>393,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>393,850</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>