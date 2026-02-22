--- v0 (2026-01-11)
+++ v1 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re33e5ec5fd8a45ba" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7bb89309ca444969" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4b857470fe054bd9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R53354bbb0f384afe"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc219766b141c474b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4b857470fe054bd9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd5479a0b0c1d4d23" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R53354bbb0f384afe" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ALOE Veritas Global Select</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9M6L4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>128,686</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,677</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,291</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,149</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,799</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,649</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,701</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,464</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,671</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,147</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,186</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,244</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,296</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,639</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,171</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,153</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,511</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,916</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>