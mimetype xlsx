--- v1 (2026-02-22)
+++ v2 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7bb89309ca444969" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R02bec3a7b6b9482f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R53354bbb0f384afe"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R783fe69d45b3480b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd5479a0b0c1d4d23" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R53354bbb0f384afe" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcdf0d4c633f545ca" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R783fe69d45b3480b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ALOE Veritas Global Select</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9M6L4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>117,432</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>117,432</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>115,250</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>116,296</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>115,620</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>116,936</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>115,346</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>116,916</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,758</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,164</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,696</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,481</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,368</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,359</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,467</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,766</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,349</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,221</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,066</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,677</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,628</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,622</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>