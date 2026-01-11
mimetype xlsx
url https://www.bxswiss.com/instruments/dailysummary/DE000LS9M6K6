--- v0 (2025-10-04)
+++ v1 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc97d95351f014650" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R558bd372640e4712" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5a9a3ae6b73c4243"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9735c15726f8411e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9c2afef6786842b5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5a9a3ae6b73c4243" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R90809a95979a4f40" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9735c15726f8411e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CAN SLIM Strategie</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9M6K6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>405,597</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>404,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>405,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>398,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>401,726</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>394,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>398,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>388,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>390,671</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>397,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>399,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>385,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>386,978</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>387,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>390,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>381,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>387,796</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>380,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>385,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>379,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>381,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>386,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>388,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>374,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>376,236</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>378,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>386,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>378,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>383,732</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>386,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>393,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>384,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>392,624</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>398,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>400,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>396,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>398,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>396,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>400,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>393,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>400,401</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>402,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>405,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>399,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>402,457</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>404,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>405,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>403,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>405,472</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>413,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>417,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>412,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>413,516</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>411,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>419,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>411,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>417,233</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>416,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>418,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>413,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>416,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>416,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>418,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>407,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>408,392</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>410,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>414,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>408,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>414,106</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>