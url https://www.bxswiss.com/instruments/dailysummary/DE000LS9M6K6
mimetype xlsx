--- v1 (2026-01-11)
+++ v2 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R558bd372640e4712" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8b4e0fea60624c8f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9735c15726f8411e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R796cfa1d80944702"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R90809a95979a4f40" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9735c15726f8411e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd51f1070ef2f4e5a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R796cfa1d80944702" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CAN SLIM Strategie</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9M6K6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>414,106</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>398,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>403,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>394,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>402,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>399,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>408,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>394,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>408,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>412,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>416,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>409,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>412,617</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>410,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>417,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>408,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>414,406</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>406,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>411,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>403,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>409,706</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>415,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>415,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>407,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>412,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>420,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>422,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>417,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>419,612</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>421,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>421,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>404,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>409,121</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>412,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>420,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>411,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>416,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>404,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>421,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>404,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>419,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>417,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>417,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>398,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>400,188</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>401,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>401,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>397,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>398,723</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>390,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>391,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>374,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>382,862</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>381,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>394,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>381,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>394,153</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>396,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>399,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>388,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>399,897</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>396,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>397,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>392,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>396,701</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>395,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>408,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>394,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>402,438</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>405,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>406,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>392,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>392,192</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>399,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>400,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>388,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>394,244</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>394,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>396,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>393,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>393,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>391,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>396,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>387,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>394,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>398,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>404,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>394,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>404,087</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>403,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>403,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>396,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>399,013</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>400,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>404,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>397,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>402,786</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>