--- v0 (2025-10-04)
+++ v1 (2025-11-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ref7f8d621bd3446e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R887c491a7b044765" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rac2fc7793d5f4830"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb690c9505e674c5e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf19165ed955747f5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rac2fc7793d5f4830" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra1e09fa7cd404d7a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb690c9505e674c5e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Hightech extrem</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9M6J8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>341,917</x:t>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,163</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,799</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,397</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,247</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,141</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,604</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,204</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,923</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,493</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>378,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>380,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>374,021</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>373,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>376,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,176</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>376,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>379,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,701</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>375,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>384,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>375,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>380,651</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>375,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,483</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>373,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,676</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,684</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,926</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,018</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,599</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,753</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,587</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>