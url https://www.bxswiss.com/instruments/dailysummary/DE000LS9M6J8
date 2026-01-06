--- v1 (2025-11-16)
+++ v2 (2026-01-06)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R887c491a7b044765" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf74ba014d9f34b5d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb690c9505e674c5e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4ad9d021b20045e7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra1e09fa7cd404d7a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb690c9505e674c5e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1796b191212f4209" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4ad9d021b20045e7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Hightech extrem</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9M6J8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,457 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.10.2025</x:t>
-[...613 lines deleted...]
-          <x:t>349,587</x:t>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,456</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,424</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,591</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,829</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,733</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,376</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,798</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,602</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,022</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,931</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,407</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,153</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,038</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,830</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>