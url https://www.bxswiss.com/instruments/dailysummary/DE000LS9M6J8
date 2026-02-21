--- v2 (2026-01-06)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf74ba014d9f34b5d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb7762d3d5c5f4e85" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4ad9d021b20045e7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7048c1835baa4ea0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1796b191212f4209" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4ad9d021b20045e7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R779f29fddf7c4512" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7048c1835baa4ea0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Hightech extrem</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9M6J8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,457 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.12.2025</x:t>
-[...424 lines deleted...]
-          <x:t>351,830</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,361</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,974</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,487</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,109</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,967</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,696</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,192</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,653</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,892</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,021</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,702</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,187</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,332</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,166</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,749</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>