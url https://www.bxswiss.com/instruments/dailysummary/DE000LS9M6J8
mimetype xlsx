--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb7762d3d5c5f4e85" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R70da80357b0348ae" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7048c1835baa4ea0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R01cde9a60cc0486a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R779f29fddf7c4512" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7048c1835baa4ea0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5b884c77f3734f99" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R01cde9a60cc0486a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Hightech extrem</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9M6J8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>349,332</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>350,315</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>342,825</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>346,892</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>352,222</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>353,905</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>350,738</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>350,749</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,852</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,227</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,021</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,099</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,413</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,693</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,973</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,194</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,973</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,458</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,461</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,329</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,666</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>