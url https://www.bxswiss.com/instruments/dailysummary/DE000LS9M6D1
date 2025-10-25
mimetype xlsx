--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb68df68bd2654187" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbe1499534d9046d9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R531fbe62b3e34981"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbc561cb3f84641b5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R738d2d674cbf40e0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R531fbe62b3e34981" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8729a6a265764c76" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbc561cb3f84641b5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Herkules</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9M6D1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>148,739</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>151,003</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>148,593</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>150,326</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>153,064</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>153,628</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>151,988</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>152,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,569</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,092</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,194</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,511</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,693</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,592</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,563</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,156</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,818</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,818</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,409</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,374</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,097</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,744</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>