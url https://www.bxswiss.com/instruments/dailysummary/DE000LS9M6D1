--- v1 (2025-10-25)
+++ v2 (2025-11-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbe1499534d9046d9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7ea27645780d487f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbc561cb3f84641b5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf0a33395b42244d0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8729a6a265764c76" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbc561cb3f84641b5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1a33881371464764" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf0a33395b42244d0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Herkules</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9M6D1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>13.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>155,636</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>155,735</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>155,178</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>155,693</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +413,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>156,912</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>158,744</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>156,022</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>158,744</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,414</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,526</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,227</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,124</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,451</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,716</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,596</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,491</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,182</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,526</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>