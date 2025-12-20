--- v2 (2025-11-14)
+++ v3 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7ea27645780d487f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R17a4f733607d4179" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf0a33395b42244d0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb8484d01a9f74042"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1a33881371464764" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf0a33395b42244d0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc6ae4795e2cc4428" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb8484d01a9f74042" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Herkules</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9M6D1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,606 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.10.2025</x:t>
-[...640 lines deleted...]
-          <x:t>159,526</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,978</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,139</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,754</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,686</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,814</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,667</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,914</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,419</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,662</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,823</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,933</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,124</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,822</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,989</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,859</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>