--- v3 (2025-12-20)
+++ v4 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R17a4f733607d4179" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re7d5109bd3b64c62" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb8484d01a9f74042"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc2ae522feb7a46eb"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc6ae4795e2cc4428" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb8484d01a9f74042" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R10168c40e3d84df6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc2ae522feb7a46eb" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Herkules</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9M6D1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,388 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...336 lines deleted...]
-        <x:is>
           <x:t>09.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>165,003</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>166,025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>165,002</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>165,823</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -724,31 +386,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>166,211</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>169,013</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>165,618</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>168,859</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,088</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,199</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,124</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,628</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,359</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,319</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,961</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,751</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,566</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>