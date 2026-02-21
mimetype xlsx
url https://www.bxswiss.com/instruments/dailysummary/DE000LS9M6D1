--- v4 (2026-01-10)
+++ v5 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re7d5109bd3b64c62" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1402827cc9b7489b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc2ae522feb7a46eb"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7e01a3e2934645a8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R10168c40e3d84df6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc2ae522feb7a46eb" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re6690854a0674e2b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7e01a3e2934645a8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Herkules</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9M6D1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...441 lines deleted...]
-          <x:t>173,072</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,794</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,001</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,383</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,052</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,083</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,769</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,172</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,593</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,064</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,909</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,437</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,263</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,667</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,753</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>171,216</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>171,751</x:t>
-[...26 lines deleted...]
-          <x:t>173,566</x:t>
+          <x:t>168,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,657</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,779</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,863</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,766</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,692</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,749</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,657</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>