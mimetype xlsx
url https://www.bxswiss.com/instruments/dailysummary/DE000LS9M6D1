--- v5 (2026-02-21)
+++ v6 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1402827cc9b7489b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf2cb9098ba684778" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7e01a3e2934645a8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdf1af8761a984ad7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re6690854a0674e2b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7e01a3e2934645a8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1ac9fabb2ddb40e0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdf1af8761a984ad7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Herkules</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9M6D1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,465 +149,60 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...377 lines deleted...]
-          <x:t>09.02.2026</x:t>
+          <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>169,753</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>169,801</x:t>
-[...25 lines deleted...]
-        <x:is>
           <x:t>171,216</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>168,723</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>169,657</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>169,431</x:t>
         </x:is>
       </x:c>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>148,293</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>149,871</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>147,866</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>149,657</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,278</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,046</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,092</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,334</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,873</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,743</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,232</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,388</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,129</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,574</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,974</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,952</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,686</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>