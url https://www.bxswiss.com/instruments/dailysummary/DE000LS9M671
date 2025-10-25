--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1c9518585c2a42b9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf3a3d04f935a4f09" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R311cd97ca1ee4c10"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9e9b43b15d014ed9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R62e673125e7841ec" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R311cd97ca1ee4c10" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rce2ef9ab6d334787" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9e9b43b15d014ed9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Dividendenaktien für ein Leben</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9M671</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>133,838</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>134,388</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>133,675</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>134,118</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>137,266</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>137,332</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>136,611</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>137,102</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,717</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,988</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,646</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,622</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,816</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,684</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,522</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,887</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,041</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,504</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,991</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,774</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,772</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>