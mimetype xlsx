--- v1 (2025-10-25)
+++ v2 (2025-11-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf3a3d04f935a4f09" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb50138cdb322471d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9e9b43b15d014ed9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re2764bc2c9c0409d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rce2ef9ab6d334787" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9e9b43b15d014ed9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7a1f194f8d9a49cc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re2764bc2c9c0409d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Dividendenaktien für ein Leben</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9M671</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...188 lines deleted...]
-          <x:t>02.10.2025</x:t>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,684</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,522</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,887</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,041</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,504</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,991</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,774</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,772</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,798</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,442</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,346</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,918</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,399</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,153</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,163</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,355</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>137,065</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...443 lines deleted...]
-          <x:t>138,772</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,629</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,494</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,547</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,248</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,648</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>