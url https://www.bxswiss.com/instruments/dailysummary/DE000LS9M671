--- v2 (2025-11-15)
+++ v3 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb50138cdb322471d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4685be8832b74afa" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re2764bc2c9c0409d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcac2cb769b79454e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7a1f194f8d9a49cc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re2764bc2c9c0409d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0bff1944215f48c5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcac2cb769b79454e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Dividendenaktien für ein Leben</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9M671</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.10.2025</x:t>
-[...517 lines deleted...]
-          <x:t>137,877</x:t>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,964</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,196</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,848</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,246</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>138,649</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>137,784</x:t>
-[...112 lines deleted...]
-          <x:t>138,648</x:t>
+          <x:t>140,246</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,079</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,163</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,236</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,382</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,978</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,093</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,463</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,231</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,018</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,367</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,702</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,377</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>