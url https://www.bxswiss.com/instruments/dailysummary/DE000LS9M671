--- v3 (2025-12-21)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4685be8832b74afa" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8398c5230892406d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcac2cb769b79454e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra712f17fdd664e03"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0bff1944215f48c5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcac2cb769b79454e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R636abb9b812f45c5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra712f17fdd664e03" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Dividendenaktien für ein Leben</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9M671</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.11.2025</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>140,084</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>140,174</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>140,075</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>140,093</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -737,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>140,529</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>141,393</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>140,482</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>141,377</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,161</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,614</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,116</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,703</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,664</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>