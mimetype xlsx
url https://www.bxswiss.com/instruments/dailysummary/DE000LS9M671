--- v4 (2026-01-11)
+++ v5 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8398c5230892406d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb4135b3fd3d14fa3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra712f17fdd664e03"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra99afdb760d94a90"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R636abb9b812f45c5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra712f17fdd664e03" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R719cc74c6bcd4b59" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra99afdb760d94a90" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Dividendenaktien für ein Leben</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9M671</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...166 lines deleted...]
-          <x:t>140,297</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,767</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,706</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,876</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,477</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,772</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,824</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,834</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>140,881</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>140,182</x:t>
-[...274 lines deleted...]
-          <x:t>141,664</x:t>
+          <x:t>142,684</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,296</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,939</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,486</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,336</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,852</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,549</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,174</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,252</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,386</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,206</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,206</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>