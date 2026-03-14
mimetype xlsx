--- v5 (2026-02-21)
+++ v6 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb4135b3fd3d14fa3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd03b2ed3fe534e9c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra99afdb760d94a90"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R33fbe11ad2f54ac6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R719cc74c6bcd4b59" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra99afdb760d94a90" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R11ed0dde98d548ab" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R33fbe11ad2f54ac6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Dividendenaktien für ein Leben</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9M671</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...171 lines deleted...]
-          <x:t>141,291</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,336</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,852</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,549</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,174</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,252</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,386</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,206</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,206</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,542</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,418</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,901</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,577</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,436</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,276</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,671</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,799</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,332</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>140,373</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>140,772</x:t>
-[...431 lines deleted...]
-          <x:t>147,206</x:t>
+          <x:t>142,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,861</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,258</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,565</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>