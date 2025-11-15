--- v0 (2025-10-25)
+++ v1 (2025-11-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5bd0c477aaf942be" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rded2621d17b54846" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R907b83841f2645fa"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6e0e3e9572454819"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2710bd42348a4a67" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R907b83841f2645fa" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R665a5e3644ba405b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6e0e3e9572454819" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>BlueBarFinance Dividend</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9M663</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...68 lines deleted...]
-          <x:t>137,767</x:t>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,942</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,462</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,269</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,782</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,498</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,929</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,704</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,439</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,733</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,314</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,218</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,287</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,952</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,252</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,781</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,579</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,111</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,658</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>138,701</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...563 lines deleted...]
-          <x:t>140,655</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,503</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,373</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>