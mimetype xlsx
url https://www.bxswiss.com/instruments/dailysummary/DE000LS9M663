--- v1 (2025-11-15)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rded2621d17b54846" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raa76c602ff764139" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6e0e3e9572454819"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ref4c2e5d5f8c455f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R665a5e3644ba405b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6e0e3e9572454819" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R99f3b6055741417f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ref4c2e5d5f8c455f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>BlueBarFinance Dividend</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9M663</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.10.2025</x:t>
-[...640 lines deleted...]
-          <x:t>135,373</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,382</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,501</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,419</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,267</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,699</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,592</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,412</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,828</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,721</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,973</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,187</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,282</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,196</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,662</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,384</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,783</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,957</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,297</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,053</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,162</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,427</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>