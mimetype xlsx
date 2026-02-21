--- v2 (2025-12-20)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raa76c602ff764139" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re10da20441d54d19" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ref4c2e5d5f8c455f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb62e80a23fe54758"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R99f3b6055741417f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ref4c2e5d5f8c455f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R367a622b285a44dd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb62e80a23fe54758" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>BlueBarFinance Dividend</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9M663</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...144 lines deleted...]
-          <x:t>135,866</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,003</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,413</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,189</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,629</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,047</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,637</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,017</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,194</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,348</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,311</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,514</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,064</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,521</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,087</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,004</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>133,883</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...487 lines deleted...]
-          <x:t>136,427</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,691</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,153</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,292</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,296</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,829</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>