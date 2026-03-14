--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re10da20441d54d19" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2ca23b1d691843f7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb62e80a23fe54758"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0adcef4efd104f77"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R367a622b285a44dd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb62e80a23fe54758" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rafc374b79f784667" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0adcef4efd104f77" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>BlueBarFinance Dividend</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9M663</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>134,980</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>134,980</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>133,903</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>134,850</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>132,458</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>132,554</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>131,161</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>131,829</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,814</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,209</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,756</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,228</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,591</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,757</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,741</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,067</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,821</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,347</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,498</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,944</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,324</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>