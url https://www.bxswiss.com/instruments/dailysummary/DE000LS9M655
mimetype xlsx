--- v0 (2025-10-07)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc85d0a65a73b47d1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9d38b2a024a9402b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5fdd635031db47b4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R130409b4033841f6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf596f17b1d0242cd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5fdd635031db47b4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8d128d56ce384944" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R130409b4033841f6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Mab German Equity Stars</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9M655</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,502 +149,70 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.09.2025</x:t>
-[...242 lines deleted...]
-          <x:t>18.09.2025</x:t>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,518</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>108,556</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>111,066</x:t>
-[...197 lines deleted...]
-        <x:is>
           <x:t>109,382</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>109,148</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>110,196</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>108,550</x:t>
         </x:is>
       </x:c>
@@ -737,31 +305,517 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>06.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>111,949</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>112,526</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>111,104</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>112,492</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,932</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,393</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,267</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,848</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,429</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,384</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,144</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,243</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,774</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,926</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,909</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,262</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,307</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,242</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>