--- v1 (2025-10-31)
+++ v2 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9d38b2a024a9402b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8c71753041c04e39" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R130409b4033841f6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6a30a40845114dc3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8d128d56ce384944" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R130409b4033841f6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra4997b70cf9d412b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6a30a40845114dc3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Mab German Equity Stars</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9M655</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>20.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>111,819</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>114,255</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>111,390</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>114,243</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>110,036</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>110,863</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>109,735</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>110,242</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,331</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,838</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,459</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,049</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,252</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,571</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,986</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,903</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,637</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,023</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>