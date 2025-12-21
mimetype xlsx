--- v2 (2025-11-21)
+++ v3 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8c71753041c04e39" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf2d7ff405d7a4fd3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6a30a40845114dc3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9a2dc813bf6b4435"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra4997b70cf9d412b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6a30a40845114dc3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1bcb185c7f2946e9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9a2dc813bf6b4435" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Mab German Equity Stars</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9M655</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...252 lines deleted...]
-          <x:t>110,125</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,637</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,023</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,263</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,468</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,127</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,173</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,313</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,509</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,506</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,392</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,412</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,858</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,157</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,364</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>109,051</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>109,331</x:t>
-[...377 lines deleted...]
-          <x:t>102,023</x:t>
+          <x:t>107,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,532</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,587</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,611</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>