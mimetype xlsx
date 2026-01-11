--- v3 (2025-12-21)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf2d7ff405d7a4fd3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R91b153a4a4ae43da" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9a2dc813bf6b4435"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra79c27886b7a4b78"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1bcb185c7f2946e9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9a2dc813bf6b4435" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R050303ad21574d7e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra79c27886b7a4b78" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Mab German Equity Stars</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9M655</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...284 lines deleted...]
-          <x:t>106,418</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,157</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,532</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,587</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,611</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,118</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>107,125</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...320 lines deleted...]
-          <x:t>106,611</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,792</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,166</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,551</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,764</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,679</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,104</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,022</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,827</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>