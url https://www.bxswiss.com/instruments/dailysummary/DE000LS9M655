--- v4 (2026-01-11)
+++ v5 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R91b153a4a4ae43da" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R380385df0b064137" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra79c27886b7a4b78"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R92e9ac99dab54c30"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R050303ad21574d7e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra79c27886b7a4b78" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R419422a6e35b4dbe" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R92e9ac99dab54c30" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Mab German Equity Stars</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9M655</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>113,827</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,453</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,944</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,616</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,186</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,158</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,043</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,279</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,706</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,696</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,271</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,602</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,188</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,483</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,571</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,251</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,371</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,824</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,432</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,257</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>