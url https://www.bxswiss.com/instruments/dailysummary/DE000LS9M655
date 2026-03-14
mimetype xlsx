--- v5 (2026-02-22)
+++ v6 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R380385df0b064137" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R707b00452c524600" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R92e9ac99dab54c30"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfa5ce84876cc4877"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R419422a6e35b4dbe" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R92e9ac99dab54c30" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R23cade9fac4f4451" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfa5ce84876cc4877" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Mab German Equity Stars</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9M655</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...306 lines deleted...]
-          <x:t>100,772</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,602</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,188</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,483</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,571</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,251</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,371</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,824</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,432</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,257</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,301</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,779</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,086</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,288</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,156</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,628</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>99,696</x:t>
-[...296 lines deleted...]
-          <x:t>105,257</x:t>
+          <x:t>100,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,486</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,832</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,626</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,891</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,098</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>