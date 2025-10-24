--- v0 (2025-10-03)
+++ v1 (2025-10-24)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf143b43f88654a25" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfaab25e8786c4f79" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf1daad4a24224f10"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8b429200768e40a5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R116948e8a5c64ea1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf1daad4a24224f10" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4b38c410f35f4b1f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8b429200768e40a5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Dividends - Growth &amp; Stability</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9M648</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>22.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>115,731</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>115,861</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>115,470</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>115,472</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>02.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>116,889</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>117,170</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>116,676</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>116,871</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,539</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,519</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,292</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,851</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,613</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,063</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,651</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,497</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,801</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,763</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,347</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,577</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,498</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>