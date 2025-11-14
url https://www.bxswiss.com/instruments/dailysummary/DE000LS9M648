--- v1 (2025-10-24)
+++ v2 (2025-11-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfaab25e8786c4f79" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R513e6f804b034507" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8b429200768e40a5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R08e94ed298c34418"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4b38c410f35f4b1f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8b429200768e40a5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R70f786f62053422e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R08e94ed298c34418" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Dividends - Growth &amp; Stability</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9M648</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22.09.2025</x:t>
-[...31 lines deleted...]
-          <x:t>115,650</x:t>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,063</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,651</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,497</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,801</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,064</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>115,763</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...148 lines deleted...]
-          <x:t>01.10.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,347</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,577</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,498</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,456</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,528</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,127</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,016</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,698</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>115,793</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...325 lines deleted...]
-          <x:t>116,152</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,226</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,817</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,273</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,912</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>115,064</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>115,763</x:t>
-[...107 lines deleted...]
-          <x:t>116,498</x:t>
+          <x:t>115,174</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,894</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,083</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,987</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,396</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>