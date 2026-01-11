--- v2 (2025-11-14)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R513e6f804b034507" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf067d0d6adf743fc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R08e94ed298c34418"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5d14fc4a58ac4d46"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R70f786f62053422e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R08e94ed298c34418" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R55e312b1557b461a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5d14fc4a58ac4d46" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Dividends - Growth &amp; Stability</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9M648</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.10.2025</x:t>
-[...640 lines deleted...]
-          <x:t>116,396</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,717</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,126</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,038</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,821</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,503</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,469</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,887</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,574</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,178</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,066</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,403</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,426</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,268</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,972</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,082</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,748</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>