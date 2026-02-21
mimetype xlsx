--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf067d0d6adf743fc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R671963f314554e87" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5d14fc4a58ac4d46"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rddf5066d8cbb4bb3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R55e312b1557b461a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5d14fc4a58ac4d46" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf7440017f7d2470b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rddf5066d8cbb4bb3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Dividends - Growth &amp; Stability</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9M648</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>121,748</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,659</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,616</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,711</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,597</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,741</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,374</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,029</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,206</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,427</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,427</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,892</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,847</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,561</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,243</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,142</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,986</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,364</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,184</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,211</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,618</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,667</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,045</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>