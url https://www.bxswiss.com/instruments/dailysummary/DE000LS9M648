--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R671963f314554e87" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R07658a60a2f84339" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rddf5066d8cbb4bb3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R25d594c0cf624e09"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf7440017f7d2470b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rddf5066d8cbb4bb3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb0e219b248b14c6b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R25d594c0cf624e09" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Dividends - Growth &amp; Stability</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9M648</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,551 +149,146 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...306 lines deleted...]
-          <x:t>118,369</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,986</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,364</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,184</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,586</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>117,764</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>117,847</x:t>
-[...182 lines deleted...]
-        <x:is>
           <x:t>117,225</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>117,725</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>117,621</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>118,012</x:t>
         </x:is>
       </x:c>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>118,602</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>119,516</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>118,566</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>119,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,528</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,191</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,353</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,353</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,353</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,353</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,353</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,941</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,941</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,097</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,898</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,381</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,183</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,873</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>