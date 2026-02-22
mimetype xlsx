--- v0 (2025-12-21)
+++ v1 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ree1387aecb464412" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5c8f7fac670c44da" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb03bf67de27f4915"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdc4c731391af463b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R53c8fb7a24b64916" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb03bf67de27f4915" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6f1312fa41984113" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdc4c731391af463b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Smartes Aktientrading</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9M614</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...613 lines deleted...]
-          <x:t>31,049</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,544</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,833</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,407</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,767</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,083</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,882</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,378</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,124</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,524</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,819</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,067</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,077</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,549</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,908</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,014</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,828</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,718</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,126</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,366</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>