--- v1 (2026-02-22)
+++ v2 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5c8f7fac670c44da" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5f1a51c009064ef7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdc4c731391af463b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R91cacc66dfea48a1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6f1312fa41984113" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdc4c731391af463b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R566bc454eb3f4f24" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R91cacc66dfea48a1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Smartes Aktientrading</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9M614</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...36 lines deleted...]
-          <x:t>33,726</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,077</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,549</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,908</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,014</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,828</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,718</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,126</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,366</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,859</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,841</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,004</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>33,474</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>33,544</x:t>
-[...566 lines deleted...]
-          <x:t>34,366</x:t>
+          <x:t>33,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,599</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,387</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,212</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,762</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,292</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,724</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,659</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>