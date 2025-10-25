--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0f0c00f4d3884a69" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Radb2b723111f49f6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re09e3f29f8f045b7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4694b96251614751"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re760069e69374509" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re09e3f29f8f045b7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc03b0afc466545ba" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4694b96251614751" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Das genetische Alphabet</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9M606</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>24.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>74,443</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>74,519</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>74,049</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>74,079</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>82,641</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>84,156</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>82,399</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>83,447</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,282</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,567</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,848</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,506</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,396</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,087</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,087</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,341</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,787</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,787</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,313</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,506</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>