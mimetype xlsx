--- v1 (2025-10-25)
+++ v2 (2025-11-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Radb2b723111f49f6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0a6f5ec6a3f34ac9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4694b96251614751"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7ee663e2ac6b4aeb"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc03b0afc466545ba" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4694b96251614751" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9912d0ec101d4858" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7ee663e2ac6b4aeb" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Das genetische Alphabet</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9M606</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.09.2025</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>14.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>82,138</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>82,138</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>80,992</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>81,506</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>88,107</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>89,601</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>87,943</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>89,506</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,758</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,203</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,894</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,189</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,276</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,959</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,539</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,402</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,996</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,114</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,266</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>