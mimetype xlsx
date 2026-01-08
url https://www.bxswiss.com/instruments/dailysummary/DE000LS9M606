--- v2 (2025-11-15)
+++ v3 (2026-01-08)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0a6f5ec6a3f34ac9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R27b5566b59bc479a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7ee663e2ac6b4aeb"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R85fb182c569e4c4b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9912d0ec101d4858" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7ee663e2ac6b4aeb" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R00e3ab8dc7654196" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R85fb182c569e4c4b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Das genetische Alphabet</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9M606</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,464 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.10.2025</x:t>
-[...613 lines deleted...]
-          <x:t>86,266</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,808</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,643</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,656</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,759</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,956</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,463</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,492</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,669</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,324</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,567</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,841</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,616</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,708</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,866</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>