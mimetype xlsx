--- v3 (2026-01-08)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R27b5566b59bc479a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Red0a7272d3264553" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R85fb182c569e4c4b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3476054089b448e3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R00e3ab8dc7654196" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R85fb182c569e4c4b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R78742fb1fbc747db" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3476054089b448e3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Das genetische Alphabet</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9M606</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,464 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...431 lines deleted...]
-          <x:t>96,866</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,558</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,171</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,021</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,988</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,899</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,634</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,816</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,944</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,169</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,926</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,636</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,762</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,703</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,024</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,323</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,064</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,453</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>