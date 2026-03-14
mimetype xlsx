--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Red0a7272d3264553" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R210eefdf88bc4a65" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3476054089b448e3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0462bced50b24a36"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R78742fb1fbc747db" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3476054089b448e3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7bd2c1da22f54cd8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0462bced50b24a36" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Das genetische Alphabet</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9M606</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>85,537</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>86,668</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>84,872</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>86,636</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>82,731</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>83,038</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>81,878</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>82,453</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,946</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,819</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,387</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,729</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,284</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,633</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,597</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,561</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,359</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,148</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,313</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>