--- v0 (2025-10-03)
+++ v1 (2025-11-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re87ac2bd5f2541e0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc7e2e8d15256484a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R520af7d0749342f1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R95e0dc99476a4e12"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R25182aaf66b34ea7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R520af7d0749342f1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R33f68ff434934876" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R95e0dc99476a4e12" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Future Oberösterreich</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9M5G6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...41 lines deleted...]
-          <x:t>54,005</x:t>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,531</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,048</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,851</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,067</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,844</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,772</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,762</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,921</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,727</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,388</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,179</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,634</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,893</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,721</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>54,012</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...590 lines deleted...]
-          <x:t>56,449</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,732</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,252</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,441</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,956</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>