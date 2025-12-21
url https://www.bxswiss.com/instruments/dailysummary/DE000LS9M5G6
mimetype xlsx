--- v1 (2025-11-14)
+++ v2 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc7e2e8d15256484a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdd2c68b8c6c3469e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R95e0dc99476a4e12"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf0e4e6fde9204023"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R33f68ff434934876" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R95e0dc99476a4e12" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R542af0e2edb8440c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf0e4e6fde9204023" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Future Oberösterreich</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9M5G6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.10.2025</x:t>
-[...640 lines deleted...]
-          <x:t>55,956</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,767</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,183</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,007</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,266</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,546</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,933</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,697</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,672</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,726</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,722</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,142</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,146</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,527</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,707</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,099</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,273</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,283</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,101</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,744</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,245</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>