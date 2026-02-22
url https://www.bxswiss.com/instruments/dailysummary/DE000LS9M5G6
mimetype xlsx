--- v2 (2025-12-21)
+++ v3 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdd2c68b8c6c3469e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4bb0cf6eb36d4529" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf0e4e6fde9204023"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2071d0a52b814953"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R542af0e2edb8440c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf0e4e6fde9204023" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R37ca41a26c384854" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2071d0a52b814953" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Future Oberösterreich</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9M5G6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...436 lines deleted...]
-          <x:t>60,667</x:t>
+          <x:t>21.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>61,114</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>60,625</x:t>
-[...166 lines deleted...]
-          <x:t>60,245</x:t>
+          <x:t>62,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,028</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,976</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,927</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,884</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,684</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,478</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,043</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,209</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,412</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,093</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,578</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,896</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,239</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,327</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,323</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,967</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,751</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,499</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,938</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,719</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,937</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,157</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>