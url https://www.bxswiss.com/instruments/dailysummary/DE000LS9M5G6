--- v3 (2026-02-22)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4bb0cf6eb36d4529" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R90d5c8351b184adb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2071d0a52b814953"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5d8279670831455c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R37ca41a26c384854" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2071d0a52b814953" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4c1114d6cd674061" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5d8279670831455c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Future Oberösterreich</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9M5G6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>62,903</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>63,364</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>62,842</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>63,323</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>65,250</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>66,459</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>65,244</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>66,157</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,974</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,482</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,651</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,296</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,222</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,998</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,899</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,422</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,453</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,352</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>