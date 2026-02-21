--- v0 (2025-12-20)
+++ v1 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R96102d97977f4a96" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd997b1c681af4ace" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re044bfd2999c4942"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb0262c67127542cb"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R22b8bdafdc8b47f6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re044bfd2999c4942" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rca8b9381df5e4f21" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb0262c67127542cb" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CRISPR</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9M5D3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...640 lines deleted...]
-          <x:t>58,475</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,897</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,139</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,137</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,113</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,041</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,579</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,507</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,842</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,129</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,196</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,576</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,069</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,691</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,692</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,064</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,084</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,309</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,469</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,201</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,918</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>