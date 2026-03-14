--- v1 (2026-02-21)
+++ v2 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd997b1c681af4ace" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6efb62e3f3314a0d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb0262c67127542cb"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re8eb34c5f6fb4e02"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rca8b9381df5e4f21" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb0262c67127542cb" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R494c95263b6243c6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re8eb34c5f6fb4e02" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CRISPR</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9M5D3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>52,161</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>53,005</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>51,014</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>52,691</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>57,135</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>57,316</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>55,429</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>55,918</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,352</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,411</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,753</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,134</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,538</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,713</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,907</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,812</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,373</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,434</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,107</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>