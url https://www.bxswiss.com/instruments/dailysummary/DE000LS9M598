--- v0 (2025-10-25)
+++ v1 (2025-11-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0f1c185d78e94cdd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R19107179c3fd4bdb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R36d9c73bf9fb44af"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R693b579c42f14780"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra7d49c091a0b4034" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R36d9c73bf9fb44af" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4ba832fab7a3414b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R693b579c42f14780" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Blauer Zwerg</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9M598</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>14.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>131,710</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>131,849</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>131,067</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>131,424</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>131,593</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>131,955</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>131,390</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>131,951</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,783</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,644</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,166</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,389</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,619</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,123</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,702</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,202</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,099</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,978</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,529</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,373</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>