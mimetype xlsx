--- v1 (2025-11-15)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R19107179c3fd4bdb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7321fb8ba86b40f3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R693b579c42f14780"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb0e7e0eb79394ce6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4ba832fab7a3414b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R693b579c42f14780" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R098be68cc389489f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb0e7e0eb79394ce6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Blauer Zwerg</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9M598</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.10.2025</x:t>
-[...387 lines deleted...]
-          <x:t>129,328</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,941</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,388</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,242</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,781</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,961</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,609</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,297</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,873</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,101</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>128,351</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>128,389</x:t>
-[...242 lines deleted...]
-          <x:t>124,373</x:t>
+          <x:t>127,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,299</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,962</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,962</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,887</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,308</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,688</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,086</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,692</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,637</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,207</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>