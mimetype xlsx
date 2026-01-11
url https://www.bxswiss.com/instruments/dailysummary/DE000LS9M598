--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7321fb8ba86b40f3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R66b6c59122434bb9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb0e7e0eb79394ce6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R79b67937c8684ecb"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R098be68cc389489f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb0e7e0eb79394ce6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R41785fa49f9548d8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R79b67937c8684ecb" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Blauer Zwerg</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9M598</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>127,747</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>127,747</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>126,730</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>127,308</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>127,660</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>128,349</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>127,282</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>128,207</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,458</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,806</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,486</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,232</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,621</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,439</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,779</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,419</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,757</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>