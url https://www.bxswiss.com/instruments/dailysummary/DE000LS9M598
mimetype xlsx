--- v3 (2026-01-11)
+++ v4 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R66b6c59122434bb9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6c598fa72545425f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R79b67937c8684ecb"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9ab07c858ca1471a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R41785fa49f9548d8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R79b67937c8684ecb" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R48ebce5ecc084e07" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9ab07c858ca1471a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Blauer Zwerg</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9M598</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...203 lines deleted...]
-          <x:t>127,282</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,532</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,931</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,204</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,819</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,691</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,398</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,073</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,247</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,114</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,571</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,667</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>128,207</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...239 lines deleted...]
-          <x:t>132,757</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,042</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,323</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,151</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,136</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,161</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,763</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,782</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>