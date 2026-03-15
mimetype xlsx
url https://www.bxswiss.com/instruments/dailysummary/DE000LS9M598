--- v4 (2026-02-22)
+++ v5 (2026-03-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6c598fa72545425f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8c89a4e8fedc447d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9ab07c858ca1471a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1b20a2e5a9c44e29"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R48ebce5ecc084e07" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9ab07c858ca1471a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R757a06f7cf6540ab" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1b20a2e5a9c44e29" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Blauer Zwerg</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9M598</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,519 +149,87 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...414 lines deleted...]
-          <x:t>126,624</x:t>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,323</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>125,412</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>125,925</x:t>
-[...42 lines deleted...]
-        <x:is>
           <x:t>126,477</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>125,014</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>126,425</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>126,418</x:t>
         </x:is>
       </x:c>
@@ -764,31 +332,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>126,017</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>126,930</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>125,883</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>126,782</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,152</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,674</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,639</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,108</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,778</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,976</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,133</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,334</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,188</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,523</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,795</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>