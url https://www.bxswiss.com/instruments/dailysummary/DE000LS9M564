--- v0 (2025-10-24)
+++ v1 (2025-11-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rad7d4f4750fd41f0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf72f7e4f622642c3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1bc65eb3a73b4140"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1af16f5b48fa416b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rec55651807a84c20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1bc65eb3a73b4140" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfc5197b06488494b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1af16f5b48fa416b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Goldaktien Pur</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9M564</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,497 +149,92 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22.09.2025</x:t>
-[...350 lines deleted...]
-          <x:t>09.10.2025</x:t>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,635</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>172,424</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>174,340</x:t>
-[...84 lines deleted...]
-        <x:is>
           <x:t>169,187</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>171,911</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>15.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>172,864</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>173,722</x:t>
         </x:is>
       </x:c>
@@ -764,31 +359,463 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>22.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>156,904</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>156,987</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>147,817</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>150,169</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,169</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,134</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,896</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,443</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,681</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,351</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,922</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,687</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,361</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,761</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,137</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,037</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,816</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,351</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,964</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,586</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>