--- v1 (2025-11-14)
+++ v2 (2025-12-19)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf72f7e4f622642c3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R515adf80eb9a4a07" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1af16f5b48fa416b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0c3c2efea25943f6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfc5197b06488494b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1af16f5b48fa416b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R694f0200b71747a9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0c3c2efea25943f6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Goldaktien Pur</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9M564</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.10.2025</x:t>
-[...640 lines deleted...]
-          <x:t>165,586</x:t>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,859</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,188</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,091</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,104</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,826</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,699</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,657</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,143</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,351</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,218</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,114</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,697</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,466</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,431</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,548</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,936</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,173</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,817</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,218</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>