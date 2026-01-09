--- v2 (2025-12-19)
+++ v3 (2026-01-09)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R515adf80eb9a4a07" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd237d567d6a14e4e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0c3c2efea25943f6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Red306accea2a4fb9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R694f0200b71747a9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0c3c2efea25943f6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R971061c001b84e45" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Red306accea2a4fb9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Goldaktien Pur</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9M564</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>08.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>176,544</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>177,178</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>174,285</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>175,431</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>180,408</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>183,644</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>179,471</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>183,218</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,744</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,548</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,973</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,149</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,972</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,063</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,197</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,344</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>