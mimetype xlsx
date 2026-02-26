--- v3 (2026-01-09)
+++ v4 (2026-02-26)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd237d567d6a14e4e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9d8dc98451184e47" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Red306accea2a4fb9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1ff5d07b67864dc6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R971061c001b84e45" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Red306accea2a4fb9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R66efd0341ffa4d44" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1ff5d07b67864dc6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Goldaktien Pur</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9M564</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...478 lines deleted...]
-          <x:t>191,344</x:t>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,278</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,909</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,228</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,747</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,301</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,863</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,149</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,267</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,727</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,469</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,953</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,823</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,078</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,393</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,386</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,613</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,969</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,656</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>