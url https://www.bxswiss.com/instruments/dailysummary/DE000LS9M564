--- v4 (2026-02-26)
+++ v5 (2026-03-18)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9d8dc98451184e47" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc7cb3830c423443b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1ff5d07b67864dc6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc3c200e7afb34652"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R66efd0341ffa4d44" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1ff5d07b67864dc6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd7e91e12b05e454a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc3c200e7afb34652" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Goldaktien Pur</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9M564</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>26.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>16.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>197,559</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>198,566</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>197,013</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>197,393</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>25.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>214,624</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>215,759</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>212,245</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>214,656</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,959</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,352</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,952</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,287</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,578</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,318</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,041</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,701</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,974</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,799</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,022</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,453</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,042</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,788</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>