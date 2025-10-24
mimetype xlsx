--- v0 (2025-10-02)
+++ v1 (2025-10-24)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5d53278a6e55445a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbf66a9d54f394605" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdad21f1461ab42f2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1987275ab11e45e2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd369d7f58f534b6e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdad21f1461ab42f2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf3c21ddc6ec4475b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1987275ab11e45e2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Virtual-Reality Growth</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9M4Z9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>22.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>274,018</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>274,091</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>272,846</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>273,136</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>02.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>283,909</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>286,843</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>283,679</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>286,366</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,666</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,499</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,981</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,742</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,729</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,444</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,843</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,998</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,874</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,557</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,821</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>