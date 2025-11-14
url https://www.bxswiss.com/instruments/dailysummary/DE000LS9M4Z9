--- v1 (2025-10-24)
+++ v2 (2025-11-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbf66a9d54f394605" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6d4f691c52ee4729" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1987275ab11e45e2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R24136495588c4750"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf3c21ddc6ec4475b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1987275ab11e45e2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3ae3b12f8d8746c4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R24136495588c4750" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Virtual-Reality Growth</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9M4Z9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>13.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>288,013</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>288,588</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>284,534</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>286,729</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>23.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>280,966</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>281,224</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>280,339</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>280,821</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,129</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,554</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,167</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,369</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,414</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,501</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,384</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,918</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,324</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,359</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,628</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,152</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>