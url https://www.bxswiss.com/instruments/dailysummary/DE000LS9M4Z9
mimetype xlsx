--- v2 (2025-11-14)
+++ v3 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6d4f691c52ee4729" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2ac1a756bb4d4f3d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R24136495588c4750"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R760b9ca1185840b1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3ae3b12f8d8746c4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R24136495588c4750" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R838662bb70ba40f1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R760b9ca1185840b1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Virtual-Reality Growth</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9M4Z9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.10.2025</x:t>
-[...640 lines deleted...]
-          <x:t>282,152</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,014</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,643</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,396</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,499</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,817</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,808</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,619</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,443</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,653</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,638</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,334</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,582</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,397</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,134</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,331</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,222</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,701</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,154</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,364</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,928</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,559</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>