--- v3 (2025-12-21)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2ac1a756bb4d4f3d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6395e8b76eb641f9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R760b9ca1185840b1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb0850780ab5e4d48"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R838662bb70ba40f1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R760b9ca1185840b1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6a4887b683a74c7b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb0850780ab5e4d48" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Virtual-Reality Growth</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9M4Z9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>287,443</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>288,123</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>283,775</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>285,331</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>269,944</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>273,864</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>268,451</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>272,559</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,958</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,768</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,049</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,622</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,207</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,777</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,189</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,673</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>