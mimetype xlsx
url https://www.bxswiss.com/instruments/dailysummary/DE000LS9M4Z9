--- v4 (2026-01-11)
+++ v5 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6395e8b76eb641f9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf8825465987f417d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb0850780ab5e4d48"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc021433805f541c6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6a4887b683a74c7b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb0850780ab5e4d48" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R06fd4693f44c4cb7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc021433805f541c6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Virtual-Reality Growth</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9M4Z9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>284,673</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,323</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,193</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,458</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,911</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,234</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,913</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,601</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,368</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,331</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,923</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,112</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,873</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,728</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,847</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,229</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,767</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,403</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,451</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,559</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,005</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>