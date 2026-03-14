--- v5 (2026-02-21)
+++ v6 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf8825465987f417d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdbbd5d6815ef4016" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc021433805f541c6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Raf2694b41a714183"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R06fd4693f44c4cb7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc021433805f541c6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6ca6e051f11b41c8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Raf2694b41a714183" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Virtual-Reality Growth</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9M4Z9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>282,408</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>282,774</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>277,042</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>279,728</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>280,005</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>283,862</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>277,600</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>282,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,412</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,552</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,058</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,177</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,774</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,658</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,009</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,667</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,259</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,502</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,932</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,801</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>