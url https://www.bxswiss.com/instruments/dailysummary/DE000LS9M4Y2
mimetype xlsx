--- v0 (2025-10-04)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R265e01243d2c455f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rebdecbe9ec404e49" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R25c23fb606b44b9b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R810da9a474474491"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6199822d57044c96" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R25c23fb606b44b9b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rba1b1beabd2e4aae" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R810da9a474474491" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Bio(Tech),ECommerce,Cloud,Pharma</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9M4Y2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>144,203</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,329</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,078</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,472</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,493</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,049</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,589</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,071</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,731</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,261</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,009</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,434</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,126</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,648</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,316</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,154</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,297</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,177</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,936</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,771</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>