--- v1 (2025-12-20)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rebdecbe9ec404e49" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcdfba4232f034b05" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R810da9a474474491"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb17ba27c1c4c4f60"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rba1b1beabd2e4aae" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R810da9a474474491" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1a2dda3a532a42e6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb17ba27c1c4c4f60" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Bio(Tech),ECommerce,Cloud,Pharma</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9M4Y2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>134,981</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>136,493</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>134,829</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>136,465</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>132,971</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>135,072</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>132,813</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>134,771</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,554</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,379</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,209</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,566</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,687</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,066</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,815</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>