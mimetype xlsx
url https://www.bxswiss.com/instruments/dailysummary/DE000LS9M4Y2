--- v2 (2026-01-11)
+++ v3 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcdfba4232f034b05" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5831ad6e7c694cc4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb17ba27c1c4c4f60"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R457dc19450af4702"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1a2dda3a532a42e6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb17ba27c1c4c4f60" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4600f1f9d6f242f7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R457dc19450af4702" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Bio(Tech),ECommerce,Cloud,Pharma</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9M4Y2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>132,815</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,941</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,484</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,761</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,652</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,357</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,592</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,079</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,973</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,057</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,271</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,624</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,009</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,296</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,456</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,733</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,493</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,118</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>