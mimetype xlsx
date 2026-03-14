--- v3 (2026-02-22)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5831ad6e7c694cc4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3b7cffbc22ac4530" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R457dc19450af4702"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3238efc2c314494a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4600f1f9d6f242f7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R457dc19450af4702" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R47a1630128ff4b45" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3238efc2c314494a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Bio(Tech),ECommerce,Cloud,Pharma</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9M4Y2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>106,190</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>106,671</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>105,278</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>105,624</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,714</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,632</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,083</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,118</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,228</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,182</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,316</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,562</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,977</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,863</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,156</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,583</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,142</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,453</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,062</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,103</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>