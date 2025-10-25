--- v0 (2025-10-03)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R427ea36a02044e1c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf8156164eebf4d2e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R09691022e7e042b8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R02c2c193290c49b4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4aae0ef5471842e3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R09691022e7e042b8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1911b8f53f1f4290" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R02c2c193290c49b4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>GlobalDividend</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9M4V8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,605 +149,173 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,369</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,283</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>131,640</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>131,784</x:t>
-[...543 lines deleted...]
-        <x:is>
           <x:t>131,024</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>131,366</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>131,440</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>131,864</x:t>
         </x:is>
       </x:c>
@@ -791,31 +359,463 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>02.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>134,189</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>134,560</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>133,917</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>134,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,716</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,994</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,421</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,292</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,233</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,622</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,301</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,962</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,666</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,983</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,589</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,337</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>