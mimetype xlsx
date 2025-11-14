--- v1 (2025-10-25)
+++ v2 (2025-11-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf8156164eebf4d2e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R08398db9e20b42c8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R02c2c193290c49b4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R593661dc92564a92"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1911b8f53f1f4290" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R02c2c193290c49b4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3154d4584c224f56" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R593661dc92564a92" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>GlobalDividend</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9M4V8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,519 +149,141 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...166 lines deleted...]
-          <x:t>131,866</x:t>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,292</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,233</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,622</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>133,423</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>131,758</x:t>
-[...290 lines deleted...]
-        <x:is>
           <x:t>133,443</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>133,301</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>133,301</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>130,674</x:t>
         </x:is>
       </x:c>
@@ -791,31 +413,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>132,881</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>133,349</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>132,452</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>133,337</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,608</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,684</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,621</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,437</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,094</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,669</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,468</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,447</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,576</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,299</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,903</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,762</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>