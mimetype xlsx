--- v2 (2025-11-14)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R08398db9e20b42c8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R87c2c6a5275c42ae" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R593661dc92564a92"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Reae5a1ebaaaa4b48"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3154d4584c224f56" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R593661dc92564a92" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5021325249b047b8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Reae5a1ebaaaa4b48" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>GlobalDividend</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9M4V8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.10.2025</x:t>
-[...640 lines deleted...]
-          <x:t>134,762</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,384</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,832</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,111</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,284</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,167</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,751</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,901</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,587</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,056</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,056</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,426</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,459</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,503</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>