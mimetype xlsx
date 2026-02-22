--- v3 (2026-01-11)
+++ v4 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R87c2c6a5275c42ae" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R96bb0afda5294b4d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Reae5a1ebaaaa4b48"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0272fb9c56be4260"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5021325249b047b8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Reae5a1ebaaaa4b48" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re14730cc095f4db4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0272fb9c56be4260" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>GlobalDividend</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9M4V8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...95 lines deleted...]
-          <x:t>139,734</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,043</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,422</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>139,832</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...347 lines deleted...]
-          <x:t>142,503</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,656</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,237</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,549</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,052</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,239</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,212</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,229</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,572</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,192</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,894</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,396</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,471</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,004</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>