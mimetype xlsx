--- v0 (2025-10-05)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8be7e494bf644a4f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9b0f84dbb93e4e4f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6e8419c1ca484c7f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rff35c5de052048b0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb534e272d83240de" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6e8419c1ca484c7f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1b49028c75ab4318" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rff35c5de052048b0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IT-Wachstum</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9M4T2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,536 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>03.09.2025</x:t>
-[...484 lines deleted...]
-        <x:is>
           <x:t>29.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>418,555</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>422,595</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>418,535</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>420,127</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +278,544 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>442,926</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>445,315</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>442,667</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>444,979</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>445,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>454,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>444,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>452,481</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>453,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>458,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>452,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>458,398</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>447,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>454,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>447,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>453,644</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>460,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>461,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>456,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>458,118</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>464,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>471,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>464,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>469,142</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>460,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>461,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>455,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>458,713</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>449,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>450,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>448,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>449,217</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>459,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>465,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>458,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>464,823</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>461,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>464,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>457,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>457,997</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>425,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>444,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>425,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>436,963</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>452,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>453,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>447,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>452,004</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>446,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>450,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>441,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>446,932</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>442,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>445,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>440,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>443,711</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>436,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>441,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>432,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>440,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>449,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>458,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>449,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>458,594</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>469,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>470,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>464,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>465,398</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>463,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>467,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>462,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>467,264</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>470,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>473,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>469,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>470,959</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>469,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>471,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>463,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>469,902</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>