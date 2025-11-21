--- v1 (2025-10-31)
+++ v2 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9b0f84dbb93e4e4f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra82760a146c64e57" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rff35c5de052048b0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Radef12bd90934873"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1b49028c75ab4318" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rff35c5de052048b0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd21b7fc045ac4078" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Radef12bd90934873" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IT-Wachstum</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9M4T2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>20.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>452,452</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>453,338</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>447,710</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>452,004</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>469,834</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>471,450</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>463,047</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>469,902</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>471,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>473,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>464,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>465,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>473,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>480,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>470,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>473,548</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>464,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>470,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>457,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>464,191</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>453,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>465,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>452,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>463,882</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>463,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>468,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>450,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>451,106</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>454,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>454,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>432,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>434,814</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>454,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>454,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>432,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>434,814</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>454,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>454,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>444,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>444,662</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>445,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>446,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>435,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>437,693</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>437,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>437,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>418,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>419,363</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>407,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>408,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>395,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>397,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>415,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>419,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>411,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>414,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>403,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>408,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>399,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>407,127</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>406,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>416,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>405,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>409,137</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>423,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>423,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>419,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>421,151</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>