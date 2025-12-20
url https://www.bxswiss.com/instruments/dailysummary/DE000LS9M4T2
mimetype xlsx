--- v2 (2025-11-21)
+++ v3 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra82760a146c64e57" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Reb3be8c43d8e4da6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Radef12bd90934873"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R26c0a5b59d694565"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd21b7fc045ac4078" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Radef12bd90934873" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8e267ffdf2974f20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R26c0a5b59d694565" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IT-Wachstum</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9M4T2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...592 lines deleted...]
-        <x:is>
           <x:t>19.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>406,075</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>416,782</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>405,684</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>409,137</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>423,294</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>423,389</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>419,593</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>421,151</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>387,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>393,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>380,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>386,449</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>397,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>409,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>394,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>409,322</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>412,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>412,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>400,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>408,151</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>415,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>418,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>413,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>416,793</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>420,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>421,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>419,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>420,828</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>421,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>426,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>421,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>424,967</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>419,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>421,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>415,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>419,566</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>427,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>427,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>423,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>423,709</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>423,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>423,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>413,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>418,944</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>423,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>427,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>420,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>427,227</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>430,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>433,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>428,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>431,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>435,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>438,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>434,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>437,204</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>434,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>440,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>433,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>440,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>438,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>439,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>433,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>436,996</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>430,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>432,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>422,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>426,311</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>434,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>434,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>417,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>418,521</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>418,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>419,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>413,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>413,208</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>401,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>406,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>400,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>401,587</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>408,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>411,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>397,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>398,687</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>397,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>405,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>397,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>403,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>405,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>413,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>404,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>413,716</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>