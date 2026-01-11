--- v3 (2025-12-20)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Reb3be8c43d8e4da6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbae95eca5f994b66" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R26c0a5b59d694565"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra633333180ba43bd"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8e267ffdf2974f20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R26c0a5b59d694565" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra0ec2dad82254a61" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra633333180ba43bd" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IT-Wachstum</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9M4T2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>438,890</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>439,095</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>433,355</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>436,996</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>405,771</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>413,819</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>404,180</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>413,716</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>419,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>421,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>416,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>419,142</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>417,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>418,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>413,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>416,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>414,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>418,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>411,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>414,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>416,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>417,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>416,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>417,691</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>433,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>436,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>432,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>433,781</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>434,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>441,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>434,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>439,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>444,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>445,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>440,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>442,971</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>440,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>442,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>435,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>435,198</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>437,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>441,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>436,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>440,756</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>