--- v4 (2026-01-11)
+++ v5 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbae95eca5f994b66" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R78633b2e1f2142cd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra633333180ba43bd"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R488fb5424bb34dbd"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra0ec2dad82254a61" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra633333180ba43bd" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf76b038479854eff" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R488fb5424bb34dbd" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IT-Wachstum</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9M4T2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>440,756</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>442,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>448,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>441,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>448,159</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>452,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>453,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>451,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>451,653</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>457,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>457,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>449,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>451,774</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>451,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>454,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>445,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>453,147</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>444,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>450,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>441,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>446,996</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>452,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>453,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>446,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>452,711</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>463,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>466,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>458,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>459,842</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>462,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>463,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>445,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>446,147</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>447,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>452,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>443,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>444,344</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>431,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>444,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>430,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>443,178</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>453,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>453,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>440,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>440,759</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>442,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>442,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>436,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>437,744</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>423,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>424,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>411,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>412,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>409,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>418,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>409,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>416,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>431,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>431,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>423,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>424,894</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>435,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>436,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>430,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>435,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>432,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>433,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>430,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>430,971</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>438,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>439,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>438,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>439,154</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>432,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>439,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>429,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>436,362</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>436,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>438,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>436,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>436,787</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>433,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>435,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>426,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>432,374</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>434,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>440,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>431,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>440,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>438,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>439,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>434,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>436,038</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>440,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>441,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>438,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>438,145</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>