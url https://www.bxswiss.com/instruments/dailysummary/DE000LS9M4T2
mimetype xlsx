--- v5 (2026-02-21)
+++ v6 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R78633b2e1f2142cd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4c602fc1721d4e55" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R488fb5424bb34dbd"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb4950fe0747d4c1b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf76b038479854eff" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R488fb5424bb34dbd" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R45d8e4eda27c4646" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb4950fe0747d4c1b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IT-Wachstum</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9M4T2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>435,794</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>436,693</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>430,712</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>435,470</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>440,202</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>441,602</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>438,097</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>438,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>432,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>433,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>427,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>428,817</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>430,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>438,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>430,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>437,338</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>438,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>447,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>438,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>446,312</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>433,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>440,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>432,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>440,379</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>438,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>439,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>427,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>430,559</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>418,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>426,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>418,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>424,121</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>424,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>424,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>412,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>418,099</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>414,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>432,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>414,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>430,051</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>429,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>433,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>426,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>429,809</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>425,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>426,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>414,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>419,963</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>404,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>416,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>403,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>416,273</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>428,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>431,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>423,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>431,014</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>428,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>436,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>425,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>432,763</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>432,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>432,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>423,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>427,848</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>427,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>439,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>427,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>431,392</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>