--- v0 (2025-10-04)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R33cb60e2184d4799" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rec94bba623544266" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rce8b7461c9684858"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcbbdf8c7244a49dd"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R281381b6d7b443b7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rce8b7461c9684858" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb0b6e2407d11497a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcbbdf8c7244a49dd" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Buy the good news</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9M4L9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>107,162</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,042</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,851</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,001</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,964</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,577</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,384</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,423</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,954</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,037</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,746</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,694</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,119</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,248</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,633</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,188</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,497</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,091</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,731</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,926</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,149</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,762</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>