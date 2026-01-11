--- v1 (2025-12-20)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rec94bba623544266" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R35c9286019d145ef" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcbbdf8c7244a49dd"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R189b7d0a550049d9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb0b6e2407d11497a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcbbdf8c7244a49dd" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R53f98d9a57454be6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R189b7d0a550049d9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Buy the good news</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9M4L9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>110,263</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>110,293</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>109,854</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>110,188</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>110,151</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>110,821</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>110,094</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>110,762</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,227</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,847</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,359</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,424</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,556</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,923</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,683</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,690</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>