--- v2 (2026-01-11)
+++ v3 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R35c9286019d145ef" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R18a67465cd104633" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R189b7d0a550049d9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5f52a3f185bf4d94"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R53f98d9a57454be6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R189b7d0a550049d9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc8de5ea9e5764c74" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5f52a3f185bf4d94" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Buy the good news</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9M4L9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>110,690</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,223</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,679</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,686</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,504</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,317</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,488</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,942</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,788</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,066</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,238</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,834</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,381</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,903</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,246</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,081</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,593</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,506</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,844</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>