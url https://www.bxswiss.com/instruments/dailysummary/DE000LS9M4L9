--- v3 (2026-02-22)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R18a67465cd104633" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R86067b1a2f764d6f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5f52a3f185bf4d94"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R18afe94322834c02"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc8de5ea9e5764c74" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5f52a3f185bf4d94" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5a75f426f13f4419" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R18afe94322834c02" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Buy the good news</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9M4L9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>111,784</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>111,844</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>110,140</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>111,381</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>112,740</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>114,027</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>112,380</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>113,844</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,623</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,739</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,176</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,393</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,621</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,659</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,403</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,971</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,872</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,337</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,027</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>