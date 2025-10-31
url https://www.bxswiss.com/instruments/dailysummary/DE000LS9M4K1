--- v0 (2025-10-04)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R33485b18a017418f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdc16298066364ada" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4bf8257365144d0d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R78271744e076449b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R939c0bd48e4c4796" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4bf8257365144d0d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R227a44667399494e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R78271744e076449b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Gaming, Virtual and Aug. Reality</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9M4K1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,563 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...511 lines deleted...]
-        <x:is>
           <x:t>29.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>257,055</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>259,089</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>256,897</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>259,089</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +278,544 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>265,055</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>265,455</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>263,450</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>264,202</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,642</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,639</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,021</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,787</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,317</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,873</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,693</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,096</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,742</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,546</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,476</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,981</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,921</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,151</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,858</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>