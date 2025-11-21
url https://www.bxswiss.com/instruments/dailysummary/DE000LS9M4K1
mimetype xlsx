--- v1 (2025-10-31)
+++ v2 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdc16298066364ada" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R56e5cd3d923c403e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R78271744e076449b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra5d3c53cdeae4b9a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R227a44667399494e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R78271744e076449b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3dbcc5b7786b41f4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra5d3c53cdeae4b9a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Gaming, Virtual and Aug. Reality</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9M4K1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>20.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>266,651</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>267,562</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>265,408</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>267,096</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>282,338</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>284,160</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>279,592</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>281,858</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,739</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,561</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,741</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,018</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,973</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,079</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,696</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,828</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,957</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,379</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,379</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,379</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,379</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,379</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>