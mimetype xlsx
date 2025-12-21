--- v2 (2025-11-21)
+++ v3 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R56e5cd3d923c403e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R621e33506cb9456d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra5d3c53cdeae4b9a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3fd4a4e63c964d15"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3dbcc5b7786b41f4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra5d3c53cdeae4b9a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R24b7b6ef24524d95" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3fd4a4e63c964d15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Gaming, Virtual and Aug. Reality</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9M4K1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,599 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...613 lines deleted...]
-          <x:t>267,379</x:t>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,827</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,897</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,534</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,149</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,876</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,243</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,651</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,852</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,738</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,867</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,561</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,561</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,244</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,947</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,052</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,316</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,982</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,823</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,618</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,970</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>