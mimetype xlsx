--- v3 (2025-12-21)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R621e33506cb9456d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3f73d676099d4114" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3fd4a4e63c964d15"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R32d228e9ea1a4de8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R24b7b6ef24524d95" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3fd4a4e63c964d15" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0c11e450f88f4beb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R32d228e9ea1a4de8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Gaming, Virtual and Aug. Reality</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9M4K1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,408 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.11.2025</x:t>
-[...356 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>260,393</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>261,157</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>260,086</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>261,145</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -717,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>251,549</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>254,287</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>250,358</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>253,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,064</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,353</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,947</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,218</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,186</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,268</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,129</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>