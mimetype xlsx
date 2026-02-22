--- v4 (2026-01-11)
+++ v5 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3f73d676099d4114" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re3b5e52e03124a1f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R32d228e9ea1a4de8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1f5fc2d63ae646af"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0c11e450f88f4beb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R32d228e9ea1a4de8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R20fd17e7e4f9406e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1f5fc2d63ae646af" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Gaming, Virtual and Aug. Reality</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9M4K1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...220 lines deleted...]
-          <x:t>255,401</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,244</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>256,352</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...222 lines deleted...]
-          <x:t>259,129</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,989</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,323</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,354</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,863</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,559</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,909</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,103</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,262</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,538</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,418</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,626</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,982</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,988</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,066</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,649</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,912</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,984</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>