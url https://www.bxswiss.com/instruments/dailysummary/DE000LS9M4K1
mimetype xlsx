--- v5 (2026-02-22)
+++ v6 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re3b5e52e03124a1f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R78b6f275ed1848c2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1f5fc2d63ae646af"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc31171a05a0549e3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R20fd17e7e4f9406e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1f5fc2d63ae646af" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3ed84845d98148e8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc31171a05a0549e3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Gaming, Virtual and Aug. Reality</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9M4K1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>243,789</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>244,193</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>241,413</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>243,195</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>239,810</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>240,989</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>238,236</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>239,984</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,816</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,596</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,476</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,498</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,018</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,556</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,231</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,516</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,846</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,083</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,806</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,709</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>